--- v0 (2025-10-25)
+++ v1 (2026-03-13)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80977f32883344a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e802ad629734ece" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Ra73944534be741f3"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R4f781fd6d13f4403"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R56abb5053d224701"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="R7cb2587e48044b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="Red994b1866ca4731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="R3fadf950dab44715"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="Rbd2da9581f6c48f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="R902e85c7bcc64d65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="Rd8c5aec93641469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="R3b54f5d20d06439e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="R8d6e85a7375f4b73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="R298c2bdeb7184756"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="R06806b936db14a34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="R4309eb63a54043cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="R5b01cb9e689540bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="Rfb405d7c58ed4d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="R4b79c23bf5024686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="R7d8d8df899914917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R4eb1b70d1a1a4f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra73944534be741f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R14aa3b2fc6284666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rc93bc4811a624886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R369e987838544bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rcca3acddc068478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R702a55610a7f4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R1315e862a66f4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R12cdadbcfa304a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R193bccc844fc4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="Rcceac14944414485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="Rf293cea0fbf24bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="Rb8efabc2081c4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R12e37afe0d1247b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R24a82ccf10964536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Rf94282f1f1aa45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R3775d7de9674468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R4f781fd6d13f4403" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R56abb5053d224701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R7cb2587e48044b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Red994b1866ca4731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R3fadf950dab44715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rbd2da9581f6c48f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R902e85c7bcc64d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="Rd8c5aec93641469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R3b54f5d20d06439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R8d6e85a7375f4b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R298c2bdeb7184756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R06806b936db14a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R4309eb63a54043cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R5b01cb9e689540bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="Rfb405d7c58ed4d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R4b79c23bf5024686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R7d8d8df899914917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R4eb1b70d1a1a4f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -123,100 +123,100 @@
         <x:v>&lt;p&gt;The similar tropical species,&amp;nbsp;&lt;em&gt;Didemnum perlucidum&lt;/em&gt;,&lt;em&gt;&amp;nbsp;&lt;/em&gt;is known from northern Western Australia, the Northern Territory, around Weipa on Cape York Peninsula and Mackay on the east coast of Queensland.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Vectors</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Vector type: Fisheries and Aquaculture
-Vector type description: &lt;p&gt;This class encompasses vectors associated with fisheries and aquaculture activities and trade. An example of a vector from this class is Fisheries intentional, which would incorporate, for example, the introduction of the Pacific oyster &lt;em&gt;Magallana gigas&lt;/em&gt; for aquaculture purposes. Other vectors included in this class are: Discarded bait, Fisheries accidental (not oysters), mollusc accidental, mollusc intentional, packing material and scientific escape.&lt;/p&gt;
+Vector type description: &lt;p&gt;Vectors types associated with fisheries and aquaculture and trade activities. Examples of&amp;nbsp; vectors from this class are the deliberately translocation&amp;nbsp;of oysters&amp;nbsp; for aquaculture purposes or discarded fishing equipment which is fouled with marine organisms.&amp;nbsp;&lt;/p&gt;
 Vectors:
 Vector: Fisheries - Accidental 
-Description: &lt;p&gt;The accidental translocation of species through aquaculture and fisheries activities. This vector includes the accidental release of live fish&amp;nbsp;and&amp;nbsp;crustaceans&amp;nbsp; imported for human consumption. This vector also includes the accidental translocation of species attached to aquaculture gear (floats, cages, etc).&lt;/p&gt;
+Description: &lt;p&gt;The accidental translocation of marine pests with aquaculture and commerical fisheries activities. This vector includes the accidental translocation of marine pests attached to aquaculture equipment such as floats, nets or cages.&lt;/p&gt;
 Vector type: Natural Dispersal
-Vector type description: Natural dispersal is a mechanism for the range expansion of a species through natural processes such as the movement of larvae or adults to a new location.  As an example, through passive movement in water currents; or active movement (migration) in response to changes in environmental conditions such as salinity changes or water flow dynamics.  Natural dispersal also allows for the successful settlement of recruits in a new location.  The only vector associated with this class is: Natural dispersal.
+Vector type description: &lt;p&gt;Vectors associated with natural range extension through natural processes such as the movement of species to a new location. This is through passive movement in water currents or active movement (migration) due to changes in environmental conditions such as salinity or water temperature.&lt;/p&gt;
 Vectors:
 Vector: Natural Dispersal
-Description: Natural dispersal is a mechanism for the range expansion of a species through the movement of larvae or adults to a new location, and the successful settlement of recruits in this new location.  Characteristics of a species that may be translocated via this vector include having a planktonic dispersal phase; and readily fouling floating objects.  Natural dispersal also allows for the successful settlement of recruits in a new location.
+Description: &lt;p&gt;Natural dispersal is a mechanism for the range expansion of a species through the movement of larvae or adults to a new location, and the successful settlement of recruits in this new location.&lt;/p&gt;
 Vector type: Vessels
-Vector type description: &lt;p&gt;This class encompasses vectors associated with maritime transport and shipping activities. Vessels includes; commercial ships (e.g. tankers, container ships, ferries, barges), fishing vessels, recreational vessels, passenger vessels, drilling platforms and research vessels. An example of a vector from this class is ballast water, which has been found to transport up to 10 000 different species at any one time. Other vectors associated with this class include: dry ballast, biofouling community.&lt;/p&gt;
+Vector type description: &lt;p&gt;Vectors associated with maritime transport and shipping activities. Vessels include bulk carriers, container ships, passenger vessels, fishing vessels, illegal foreign entry vessels and recreational vessels. Ballast water can potentially transport marine species in vessel ballast tanks and via biofouling on the exterior of vessels or internal water systems and equipment. &amp;nbsp;&amp;nbsp;&lt;/p&gt;
 Vectors:
 Vector: Biofouling
-Description: &lt;p&gt;Fouling communities are typically composed of encrusting or sessile species, however they can include mobile species. This vector can introduce species through a variety of means. Three examples are: (1) The spawning of a fouling species on a vessel in port and its successful settlement and establishment of a reproductive population; (2) The dislodgement of fouling species from a vessel in port through abrasion with wharf structures, through high vessel speedswater or vessel hull cleaning (which&amp;nbsp;should only be undertake in accordance with the &lt;a href="https://www.agriculture.gov.au/biosecurity/avm/vessels/marine-pest-biosecurity/biofouling/anti-fouling-and-inwater-cleaning-guidelines"&gt;national antifouling and in-water cleaning guidelines&lt;/a&gt;); and (3) The sinking of fouled vessels either deliberately or accidentally can introduce new species to a location. There are a variety of vectors capable of having a fouling community. Characteristics of a fouling community found on wooden boat hulls include: having a wood boring habit; a benthic sessile or encrusting stage; and mobile adults or larval stages. Fouling communities found within sea chests, anchor wells etc. often are mobile crevice occupying species or known obligate associate of fouling species and can escape into new locations.&lt;/p&gt;
+Description: &lt;p&gt;Biofouling is the accumulation of sessile or mobile marine organisims on submerged parts of vessels. When marine pests attach to vessel hulls or niche areas (e.g. sea chests, propeller shafts or rudders), they can be transported to new locations. Introduction can occur through (1) A fouling species spawning event from the external or internal parts of a vessel while in port and its successful establishment. (2) The dislodgement of fouling species from a vessel accidentally such as abrasion with wharf structures, or deliberately through in-water cleaning activities; and (3) The sinking of fouled vessels either deliberately or accidentally.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Impacts</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;Ascidians generally possess traits that allow them to be successful fouling organisms. They are efficient filter feeders, grow fast, reproduce quickly, are opportunistic and can out compete many native organisms. They readily colonise both artificial and natural substrates, are tolerant of a wide variety of environmental conditions and have few predators. &lt;em&gt;Didemnum&lt;/em&gt; sp. has many potential impacts on aquatic macrophytes, water quality, plankton, invertebrates, and fishes (Daniel and Therriault, 2007). &lt;em&gt;Didemnum vexillum&lt;/em&gt; infestation of mussel farms in New Zealand has resulted in increased costs as mussels need to be cleaned more regularly than otherwise (Pannell and Coutts, 2007). High biomass of &lt;em&gt;D. vexillum&lt;/em&gt; can impact small to medium size mussel density (Fletcher et al., 2013b).&lt;em&gt; &lt;/em&gt;&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;D. perlucidum&lt;/em&gt; has&amp;nbsp;been recorded as a heavy fouler at a mussel farm in south-west WA and is anecdotally suspected to increase the mortality of farmed mussels spat by up to 80% (Glenn Dibbin 2012, pers. comm. cited in Muñoz and McDonald 2014).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Impact type: Economic
-Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture and aquatic tourism industries. Introduced species that become invasive&amp;nbsp;may experience significant population increases and foul marine infrastructure, inhibiting their usage. They may also affect access for Australian seafood products in international markets.&lt;/p&gt;
+Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture, infrastructure, maritime vessels and trade and tourism.&lt;/p&gt;
 Impacts:
 Impact: Fisheries, Aquaculture and Other Aquatic Industries
 Description: &lt;p&gt;Marine pests may affect recreational fishing grounds and reduce the viability of various aquaculture industries. This can result in revenue losses for primary production sectors and commercial fisheries.&lt;/p&gt;
 Species specifics: 
 Impact: Infrastructure
-Description: &lt;p&gt;Accumulation of marine pests may damage or impede performance of marine infrastructure including marinas, wharfs, jetties and immersed structures such as water intake pipes. Industries may incur costs associated with the removal of pests and repair of marine infrastructure once it has been damaged.&lt;/p&gt;
+Description: &lt;p&gt;Accumulation of marine pests may damage or impede performance of marine infrastructure including marinas, wharfs, jetties or immersed structures such as water intake pipes. Industries may incur costs associated with the removal of pests and repair of marine infrastructure once it has been damaged.&amp;nbsp;&lt;/p&gt;
 Species specifics: 
 Impact: Vessels
-Description: &lt;p&gt;The attachment of marine pests to vessels can damage the hull and other components of vessels including engines, propellers and rudders. The removal of marine pests also increases vessel down time, cleaning and treatment costs and may ultimately decrease the life of a vessel. Biofouling may also increase vessel drag and fuel consumption, leading to higher running costs.&lt;/p&gt;
+Description: &lt;p&gt;Biofouling increases vessels’ fuel consumption. Biofouling can damage or impact the operation of vessel components. The need to remove accumulated biofouling more frequently raises overall vessel maintenance costs.&lt;/p&gt;
 Species specifics: 
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Legal issues</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;A range of effective methods to control or remove &lt;em&gt;Didemnum vexillum&lt;/em&gt;&amp;nbsp;have been determined through pilot scale studies or eradication programs in Canada and New Zealand. Appropriate control methods used in combination, tailored for the specific location of incident, appears to the most effective approach. The following are controls with notable effectiveness in reducing or removing &lt;em&gt;D. vexillum&lt;/em&gt;:&lt;/p&gt;
 &lt;ul&gt;
 	&lt;li&gt;osmotic treatment (hypo- and hyper-saline) water can cause a reduction in cover (Roldheiser et al. (2012) cited by Munoz and McDonald, 2014)&lt;/li&gt;
 	&lt;li&gt;dipping aquaculture stock and equipment in 0.5% solution of bleach for 2 min (Denny, 2008)&lt;/li&gt;
@@ -251,127 +251,134 @@
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Application method</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Side effects</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>Appropriate</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Health and safety</x:v>
       </x:c>
       <x:c r="G1" t="str">
         <x:v>Constraints</x:v>
       </x:c>
       <x:c r="H1" t="str">
         <x:v>Species specifics</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>Changes to salinity</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>&lt;p&gt;The decommissioned warship USS Missouri was recently moved from Washington to Hawaii to become a memorial museum. The vessel was heavily fouled with marine growths from 5 years of inactivity and as a precaution to prevent introduction of alien species to Hawaii was moved to a freshwater river for 9 days prior to travelling to Hawaii. A prevoyage survey found 116 taxa in hull scrapings whereas after arrival in Hawaii only 11 species were found and 90% of the hull was completely clear of any fouling organisms. This freshwater exposure coupled with increased temperatures during the journey to Hawaii appears to be an extremely effective means of eliminating the temperate marine fouling community (Brock et al., 1999).&lt;/p&gt;
+        <x:v>&lt;p&gt;Osmotic treatment involves manipulating salinity levels to disrupt the osmotic balance of marine pests, leading to mortality. This can be achieved by:&lt;/p&gt;
+&lt;ul&gt;
+	&lt;li&gt;Immersing infested structures or equipment in freshwater (hyposaline conditions).&amp;nbsp;&lt;/li&gt;
+	&lt;li&gt;Increasing salinity by adding salt (hypersaline conditions).&amp;nbsp;&lt;/li&gt;
+	&lt;li&gt;Altering salinity in enclosed water bodies through diversion of fresh or salt water.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>&lt;p&gt;Saturated salt solutions have all been used with varying success to kill &lt;em&gt;Callinectes sapidus&lt;/em&gt; in the USA (Cristini et al., 1994). Dipping of dredge loads of oysters and associated species, and oysters and culch (settlement substrate of rocks and old shells) in saturated or strong salt solutions is extremely effective in killing:. small and large seastars (&lt;em&gt;Asterias&lt;/em&gt; spp.), boring sponges, ascidians, hydroids and slipper limpets (&lt;em&gt;Crepidula fornicata&lt;/em&gt;)&amp;nbsp;without harming the oysters in the USA (Loosanoff 1961). Brine dipping of oysters fouled with &lt;em&gt;Sargassum muticum&lt;/em&gt;, &lt;em&gt;Codium fragile ssp.&lt;/em&gt; tomentosoides and &lt;em&gt;Styela&lt;/em&gt; &lt;em&gt;clava &lt;/em&gt;was found to be an effective control of the alga and ascidian by Lewey (1976) in Minchin 1996; MacNair and Smith 1999). Brine dipping infested oysters is considered the cheapest, safest and most effective method of control of fouling species (Eno et al., 1997). &lt;nbsp&gt;Freshwater immersion is a successful method of killing &lt;em&gt;Asterias&lt;/em&gt; larvae and juveniles, the macroalga &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;, the oyster drilling gastropod &lt;em&gt;Ceratostoma inornatum&lt;/em&gt;&amp;nbsp;without harming the oysters as &lt;em&gt;Crassostrea gigas&lt;/em&gt; and most other biota that live in full strength seawater. Freshwater treatment can cause juvenile mussels (&lt;em&gt;Mytilus edulis&lt;/em&gt;) to drop off mussel ropes along with killing the other epibiota (L. Gunthrope, MAFRI, pers. comm.).&lt;/nbsp&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Vessels can be moved upstream into freshwater to change salinity. Saturated salt solutions have all been used with varying success to kill &lt;em&gt;Callinectes sapidus&lt;/em&gt; in the USA (Cristini et al., 1994). Dipping of dredge loads of oysters and associated species, and oysters and culch (settlement substrate of rocks and old shells) in saturated or strong salt solutions is extremely effective in killing:. small and large seastars (&lt;em&gt;Asterias&lt;/em&gt; spp.), boring sponges, ascidians, hydroids and slipper limpets (&lt;em&gt;Crepidula fornicata&lt;/em&gt;)&amp;nbsp;without harming the oysters in the USA (Loosanoff 1961). Brine dipping of oysters fouled with &lt;em&gt;Sargassum muticum&lt;/em&gt;, &lt;em&gt;Codium fragile ssp.&lt;/em&gt; tomentosoides and &lt;em&gt;Styela&lt;/em&gt; &lt;em&gt;clava &lt;/em&gt;was found to be an effective control of the alga and ascidian by Lewey (1976) in Minchin 1996; MacNair and Smith 1999). Brine dipping infested oysters is considered the cheapest, safest and most effective method of control of fouling species (Eno et al., 1997). Freshwater immersion is a successful method of killing &lt;em&gt;Asterias&lt;/em&gt; larvae and juveniles, the macroalga &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;, the oyster drilling gastropod &lt;em&gt;Ceratostoma inornatum&lt;/em&gt;&amp;nbsp;without harming the oysters as &lt;em&gt;Crassostrea gigas&lt;/em&gt; and most other biota that live in full strength seawater. Freshwater treatment can cause juvenile mussels (&lt;em&gt;Mytilus edulis&lt;/em&gt;) to drop off mussel ropes along with killing the other epibiota (L. Gunthrope, MAFRI, pers. comm.).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v/>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Time required for mortality is species dependent.</x:v>
+        <x:v>&lt;p&gt;Time required for mortality is species dependent.&amp;nbsp;The decommissioned warship USS Missouri was recently moved from Washington to Hawaii to become a memorial museum. The vessel was heavily fouled with marine growths from 5 years of inactivity and as a precaution to prevent introduction of alien species to Hawaii was moved to a freshwater river for 9 days prior to travelling to Hawaii. A prevoyage survey found 116 taxa in hull scrapings whereas after arrival in Hawaii only 11 species were found and 90% of the hull was completely clear of any fouling organisms. This freshwater exposure coupled with increased temperatures during the journey to Hawaii appears to be an extremely effective means of eliminating the temperate marine fouling community (Brock et al., 1999).&lt;/p&gt;
+</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v/>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>&lt;p&gt;The success of this method depends on the salinity tolerance of the target species and so other species may be killed before the lethal limit is reached for the target species. Various subspecies of &lt;em&gt;Dreissena polymorpha&lt;/em&gt; have different salinity tolerances,&amp;nbsp;&lt;em&gt;D. polymorpha&lt;/em&gt; polymorpha the most successful invader in the former Soviet Union, Europe and North America is found from 0-6ppt&amp;nbsp;while &lt;em&gt;D. polymorpha&lt;/em&gt; aralens and &lt;em&gt;D. polymorpha&lt;/em&gt; obtusecarinata can survive salinities up to 17.6ppt and 18.4ppt (Karatayev et al., 1998). &lt;em&gt;Corbula gibba&lt;/em&gt; and &lt;em&gt;Corbicula fluminea&lt;/em&gt; have salinity tolerances 28-34ppt (Jensen 1988) and 0-3ppt (Gunther et al., 1999) respectively. While prolonged emersion in freshwater or saltwater baths may be effective in controlling &lt;em&gt;Corbula gibba&lt;/em&gt; and &lt;em&gt;Corbicula fluminea&lt;/em&gt; respectively, their typical occurrence in open water habitat precludes this as a control option. To treat fouled oysters in a bath requires collection of the individuals as it is not possible to implement in the open environment, which could be costly.&lt;/p&gt;
+        <x:v>&lt;p&gt;The success of this method depends on the salinity tolerance of the target species and so non target species may be killed before the lethal limit is reached for the target species.&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>&lt;p&gt;Brine at 40, 50 and 70 ppt for up to 10 minutes, or reduced salinity (0,5 ppt) caused reduction in cover of &lt;em&gt;D. vexillum&lt;/em&gt; in winter in Canada (Roldheiser et al. (2012) cited by Muntilde;oz and McDonald, 2014).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>Chlorine</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>&lt;p&gt;Biocide. Chlorine based chemicals that rely on the biocidal action of hypochlorous acid are commonly used to reduce the level of bacteria, viruses, algae and fungi in domestic water supplies, swimming pools, sewerage effluent and industrial water systems. (Bolch and Hallegraeff, 1993). Chlorine can be used in many forms including sodium hypochlorite - NaOCl, chloramines - NH&lt;sub&gt;2&lt;/sub&gt;Cl, NHCl&lt;sub&gt;2&lt;/sub&gt;, NCl3, chlorine dioxide - ClO&lt;sub&gt;2&lt;/sub&gt; (gas), sodium chlorite - NaClO&lt;sub&gt;2&lt;/sub&gt; (produces super-oxide O&lt;sup&gt;&lt;sub&gt;-2)&lt;/sub&gt;&lt;/sup&gt; (Boelman et al., 1997; Harrington et al., 1997). Chlorol (chloros -10% chlorine) has been used to control Urosalpinx gastropods.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>&lt;p&gt;Application methods varying including gas injection, solutions pumped underneath black plastic used to smother the sediments or through water conduits or placing bags of solution around target species.&amp;nbsp;Electrolysis of natural seawater produces NaOCl at concentrations and has been used to control dinoflagellates in laboratory studies&amp;nbsp;and in ballast water (Carpenter et al., 1972; Boyd 1996; Kim et al., 2000), &lt;em&gt;Caulerpa taxifolia&lt;/em&gt; (Boudouresque et al., 1996) and fouling in ship water piping systems (Ganti and Kalyanasundarum, 1975). &lt;nbsp&gt;Chlorination is also used to control fouling bivalves and prevent settlement in freshwater reservoirs, treatment works, power stations and water ways and raw water supply systems, estuarine waterworks and seawater cooled power stations&amp;nbsp;(Morton et al., 1976; Rajagopal et al., 1997b). &lt;nbsp&gt;Continuous chlorination using chlorine gas or hypochlorite forces closure of the shell valves of bivalves cutting off the supply of oxygen and food enriched waters and preventing the expulsion of carbon dioxide and other waste products&amp;nbsp;(Morton et al., 1976). Intermittent chlorination is generally ineffective in preventing mussel settlement and growth, as mussels that settle between the chlorine pulses were able to resist subsequent exposures to chlorine. If chemicals are applied after and during spawning periods, settlement and recolonisation of the system by newly metamorphosed mussels is prevented&amp;nbsp;(Ricciardi 1998). A selective summary of the details of chlorination of various mussel species in power plant biofouling control is given in Rajagopal et al., (1997b). &lt;nbsp&gt;Free chlorine levels between 0.2-1.0 ppm are required to control phytoplankton growth. Williams et al., (1982) as cited in Bolcha nd Hallegraeff (1993) required free chlorine concentrations (as sodium or calcium hypochlorite) or 20ppm over 24 hours to kill small shrimp and larval fish in ballast water samples.&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>&lt;p&gt;Dense fouling in water conduits may require an initial high dose of chlorine (eg. 200 mgl) and then maintenace of a low dose (eg. 1.0 mgl) for several days, dependent on the fouling species. Repetition at 2-3 month intervals is usually effective.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>&lt;p&gt;Chlorine products are hazardous according to Worksafe Australia criteria (NOHSC). &lt;nbsp&gt;MSDS are available from the manufacturers, vendors, NOHSC and some Internet sources. &lt;nbsp&gt;The chlorine in liquid form is capable of causing severe burns and is highly toxic if swallowed either in liquid or gas form. &lt;nbsp&gt;Half the NaOCl is degraded to harmless NaCl within 2 hours in bright sunlight (Kim et al., 2000).&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>&lt;p&gt;The main disadvantages of chlorine are its lack of specificity, the difficulty in maintaining high concentrations in water bodies since chlorine breaks down in sunlight, the impact of trihalomethanes and potential high costs. However, increasing environmental concern about the discharge of chlorinated water to the environment has resulted in the introduction of stricter legislation on effluent discharge. in the USA and the Netherlands that may make continued use of chlorine difficult. (Claudi and Mackie, 1994; Rajagopal et al., 1997a). Studies have found that mussels treated with chlorine residual concentrations of 4.43 mg/l for 49 hours were capable of making a recovery but failed to recover after a 24 hour exposure to a chlorine residual concentration of 8-40 mg/l&amp;nbsp;(Lewis 1985 as cited in Rajagopal et al. 1996).&lt;br /&gt;
 Electrolysis of seawater to produce NaOCl could be used in closed systems and power station cooling waters to control phytoplankton blooms and fouling species,&amp;nbsp;but would be impractical on a large scale in open ocean situations because of the amounts of chlorine required. Half the NaOCl produced by electrolysis degraded to harmless NaCl within 2 hours in bright sunlight (Kim et al., 2000).&lt;br /&gt;
 Dinoflagellate cysts require a much greater concentration of chlorine than vegetative cells (Bolch and Hallegraeff, 1993). Estimates by Rigby et al., (1993) based on chlorine concentrations required to kill Gymnodinium cysts found 400 tonnes of an industrial solution of 12.5% sodium hypochlorite was needed to treat a 50 000 tonne ballast water tank at a cost of A$200 000. Apart from being prohibitively expensive (except when produced from seawater by a ship-board generator) and causing environmental problems as the port of discharge,&amp;nbsp;the high sediment load of ships&amp;#39; ballast tanks would considerably reduce the available free chlorine levels (Bolch and Hallegraeff, 1993).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>&lt;p&gt;Dipping&amp;nbsp;&lt;em&gt;D. vexillum &lt;/em&gt;in a 0.5% solution of bleach for 2 min was a 100% effective method of treatment (Denny, 2008). This method of treatment was assessed in pilot trials, New Zealand, to eliminate &lt;em&gt;D. vexillum &lt;/em&gt;from seed-mussels (&lt;em&gt;Perna canaliculus&lt;/em&gt;) in order to reduce the spread of &lt;em&gt;D. vexillum&lt;/em&gt; in aquaculture transfers. The seed-mussels were relatively unaffected by this method of treatment (Denny, 2008).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>Encapsulation and wrapping </x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>&lt;p&gt;Encapsulation/wrapping of marina pontoons, mooring buoys, pilings and chains with plastic film/bags prevents supply of clean water to the target species and smothers it through lack of oxygen (Coutts, A., &amp;amp; Forrest, B., 2007; Nimmo et al., 2011). Boat hulls may also be treated by encapsulation. Boats or yachts that have remained moored for considerable time are at risk of hull fouling.&amp;nbsp;Depending on the size of the boat plastic covers could be specifically manufactured and put in place in a similar manner to pontoon wrapping (Coutts &amp;amp; Forrest, 2007).&lt;/p&gt;
+        <x:v>&lt;p&gt;Encapsulation/wrapping of marina pontoons, mooring buoys, pilings and chains with plastic film/bags prevents supply of clean water to the target species and smothers it through lack of oxygen (Coutts, A., &amp;amp; Forrest, B., 2007; Nimmo et al., 2011). Vessel hulls may also be treated by encapsulation. Depending on the size of the boat plastic covers could be specifically manufactured and put in place in a similar manner to pontoon wrapping (Coutts &amp;amp; Forrest, 2007).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>&lt;p&gt;Wharf piles (2&amp;ndash;16 m depth) were wrapped by divers over a 6 day period, using rolls of black polyethylene (1 m wide &amp;times; 50 &amp;mu;m thick) delivered from a custom-made dispenser. Divers wrapped the piles in a circular motion aiming at achieving an overlap of approximately 400 mm on each successive wrap. PVC tape was used to secure and seal the plastic wraps to each pile. The method relied on preventing or greatly restricting water flow to the enclosed species, with the expectation that mortality would be induced through the creation of anoxic conditions (Coutts &amp;amp; Forrest, 2007).&lt;/p&gt;
+        <x:v>&lt;p&gt;Wharf piles (2&amp;ndash;16 m depth) can be wrapped by divers, using rolls of black polyethylene (1 m wide &amp;times; 50 &amp;mu;m thick) delivered from a custom-made dispenser. Divers wrap piles in a circular motion aiming at achieving an overlap of approximately 400 mm on each successive wrap. PVC tape is used to secure and seal the plastic wraps to each pile. The method relied on preventing or greatly restricting water flow to the enclosed species, with the expectation that mortality would be induced through the creation of anoxic conditions (Coutts &amp;amp; Forrest, 2007). It can be used with chemical treatments.&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>&lt;p&gt;All life enclosed dies and smells generated can be powerful.&lt;/p&gt;
+        <x:v>&lt;p&gt;All life enclosed dies and creates strong odours.&amp;nbsp;&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>&lt;p&gt;Approriate in specific cirmumstances where chemical treatment or other encapsulation is not an option.&lt;/p&gt;
+        <x:v>&lt;p&gt;Approriate in specific cirmumstances where chemical treatment alone, or other encapsulation is not an option.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v/>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>&lt;p&gt;This process is labour intensive and is most suited for man-made structures as opposed to natural structures. Once the plastic wrapping is removed, the defouled material would be released to the surrounding environment to break down naturally or sent to landfill (depending on assessment of risk) (Coutts &amp;amp; Forrest, 2007).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>&lt;p&gt;Warf piles wrapped with black plastic sheeting (1m wide by 50um thick) from the base to above the high-water mark for a period of 6 days (Coutts &amp;amp; Forrest, 2007). An overlap of 400mm between each wrap with PVC tape to seal the wrapping is required to effectively smother &lt;em&gt;D. vexillum&lt;/em&gt; (Coutts &amp;amp; Forrest, 2007).&amp;nbsp; In terms of the more extensive areas of infestation, pile wrapping was a remarkably effective treatment and reasonably inexpensive.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>Lime</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>&lt;p&gt;Lime has been used in several different forms as a control including slaked lime, quick lime and Limil in powdered or granular forms and hydrated lime solutions. Mitchell Limil is used in mortar, plaster, cement and other building and paving materials.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>&lt;p&gt;Hydrated lime solutions have been trialed to kill &lt;em&gt;Crassostrea gigas&lt;/em&gt; and &lt;em&gt;Codium fragile ssp.&lt;/em&gt; tomentosoides. &lt;nbsp&gt;Slake lime (powdered form) has been used to control fish, macroalgae, seastars and crustaceans. &lt;nbsp&gt;Quicklime (Calcium oxide) is mostly insoluble and has been deployed in porous as a barrier control around commercial oyster farms to control:&amp;nbsp;&lt;em&gt;Asterias&lt;/em&gt; spp (&lt;em&gt;A. amurensis&lt;/em&gt;, &lt;em&gt;A. forbesi&lt;/em&gt; and A. vulgaris), oyster drills (Urosalpinx and Eupleura) and other fouling species since the turn of the century and is still used in Korea, Canada and the US (MacKenzie 1977). Trials of the broadcast application of quicklime found the key to success is the dispersal of a relatively uniform layer of the lime over extensive areas. Due to the insolubility of quicklime only a small quantity in powdered or granular form is sufficient to cover a large area (Loosanoff 1961). &lt;/nbsp&gt;&lt;/nbsp&gt;&lt;nbsp&gt;&lt;nbsp&gt;&lt;nbsp&gt;Repeated applications of quicklime on an oyster bed at weekly intervals for 5 weeks of June-July in the USA kept the upper side of the oysters clean of fouling organisms and provided a favourable surface for settlement of oyster larvae&amp;nbsp;(MacKenzie 1977).&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
@@ -449,51 +456,52 @@
 </x:v>
       </x:c>
       <x:c r="E7" t="str">
         <x:v>&lt;p&gt;In-water celaners that use approriate filers can clean some areas (flat surfaces) of vessels.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>&lt;p&gt;Visibility underwater can be severely impaired using such a technique. Diver&amp;rsquo;s safety in conducting such an operation needs to be taken into consideration and the safety while handling machinery on the support vessel.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>&lt;p&gt;Description from case study for &lt;em&gt;Didemnum vexillum&lt;/em&gt;: The diver-operated nozzle had some limitations. Fouling organisms (e.g. mussels and oysters) that had been smothered by the &lt;em&gt;D. vexillum&lt;/em&gt; occasionally blocked the vacuuming equipment. While some of these blockages occurred at the nozzle and were often cleared by the diver turning the valve off, clearing of some of the blockages involved reversing the flow in order to clear the system. This inevitably resulted in the already disturbed &lt;em&gt;D. vexillum&lt;/em&gt; being flushed back out into the surrounding seawater. These fragments were not captured and often settled onto the seabed below. This back washing procedure is undesirable, as viable larvae could have been released back into the water column if they were present. Hence, alternative clearing procedures or preventative measures may be required, especially during the time of year when the &lt;em&gt;D. vexillum&lt;/em&gt; is reproductively active (Coutts, 2002)&lt;/p&gt;
 &lt;p&gt;The diver-operated vacuuming nozzle proved to be an effective method for removing the seabed material smothered by the &lt;em&gt;D. vexillum&lt;/em&gt;. The effectiveness of the method decreased with time, however, as a result of poor visibility caused by the diver&amp;rsquo;s contact with the seabed, the dragging of the vacuum pipe and the reverse flushing action used to clear blockages. As a consequence divers missed up to 60% of the &lt;em&gt;D. vexillum&lt;/em&gt; in some areas. Hence, it took more than two days to achieve an estimated 75% clean-up of the &lt;em&gt;D. vexillum&lt;/em&gt; from within a 7-10 m wide strip (approximately 70 m long) (Coutts, 2002).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>&lt;p&gt;Vacuum removal of &lt;em&gt;D. vexillum&lt;/em&gt; colonies in New Zealand were effective on vessels when filtering to 50 &amp;mu;m to minimise release of any present larvae (Coutts &amp;amp; Forrest, 2007). All material must be captured to avoid spread by fragments (Coutts 2002). This method is best implemented by trained dive teams with sufficient capacity to repeat vacuum procedures to remove new recruits that settle on cleaned infrastructure or other control methods (Coutts &amp;amp; Forrest, 2007). Underwater vacuum has been utilised at HMAS&lt;em&gt; Stirling&lt;/em&gt;, Western Australia, with effectiveness to be determined. Vacuum removal is ineffective at removing colonies from the seabed.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>Water flow velocities/ high pressure spray</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>&lt;p&gt;Within water conduits the water flow velocity can be used to remove fouling species. During the cleanup of crude oil spilt by the Exxon Valdez in 1989 high pressure cleaning using hot (60&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C+) and warm water (30-60&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C) cleaned intertidal and subtidal regions (Mearns 1996). Studies of the intertidal biota before and after treatment showed that as much as 90% of the marine life that survived the oiling could have been killed through thermal shock or displaced by high pressure-hot water washing&amp;nbsp;(Driskell et al., 1996; Houghton et al., 1996; Lees et al., 1996).&lt;/p&gt;
+        <x:v>&lt;p&gt;High-pressure water blasting is a cost‑effective and an environmentally acceptable method of treating biofouling on infrastructure and should remove all mobile biofouling species. Within water conduits the water flow velocity can be used to remove fouling species.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>&lt;p&gt;Increased water flow velocity can be used in water conduits to remove fouling species. Flow velocities can be manipulated to reduce settlement of bivalve larvae, but to remove established mussels higher velocities are required due to the strength of byssal attachments. This varies between species. (Morton 1977; Boelman et al., 1997; Rajagopal et al., 1996). &lt;nbsp&gt;High pressure spraying (+/- heated water) is used to control fouling on outside of oyster (&lt;em&gt;Crassostrea gigas&lt;/em&gt; ) shells without harming the oyster (Rikard and Wallace, 1997; Cigarria et al., 1998),&amp;nbsp;as well as too remove fouling species within water conduits and vessel hulls on slipways etc.&amp;nbsp;&lt;nbsp&gt;Conversely, enriching oxygen levels by destratification of the water column through vertical convection, aeration or pumping can inhibit growth of toxic phytoplankton as they require calm stratified and/or warmer water&amp;nbsp;(Berdalet and Estrada, 1993; Gross and Enevoldsen, 1998; Whyte 1999).&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v>&lt;p&gt;Lower flow velocities prevent larval settlement while higher flows are required to dislodge attached mussels. Application of anti-fouling paint after water-blasting and cleaning of vessels will assist in preventing re-establishment of fouling communities.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v/>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>&lt;p&gt;Removal of &lt;em&gt;D. vexillum&lt;/em&gt; was completely effective when seven infected moorings removed from Shakespeare Bay, New Zealand, were water-blasted in a quarantined area and returned 48 hours later (Coutts &amp;amp; Forrest, 2007). Similarly, &lt;em&gt;D. vexillum&lt;/em&gt; was completely removed from 19 recreational vessels in New Zealand after they were slipped, cleaned and had their anti-fouling paint renewed (Coutts &amp;amp; Forrest, 2007).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
@@ -559,51 +567,51 @@
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Reference</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Url</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;&amp;nbsp;Herborg L-M., &amp;nbsp;O’Hara, P.,&amp;nbsp;&amp;nbsp;Therriault, T.W. 2009&amp;nbsp;Forecasting the potential distribution of the invasive&amp;nbsp;tunicate &lt;em&gt;Didemnum vexillum&lt;/em&gt;.&amp;nbsp; &lt;em&gt;Journal&amp;nbsp;of Applied Ecology&lt;/em&gt; 46: 64-72.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
-        <x:v>&lt;p&gt;Bloomfield, N., Summerson, R. and Arthur, T. (2021). Updating the Species Temperature Tolerances used in the Species Range Mapping Method and Incorporating Known Species Distributions. Canberra, ABARES: 87.&lt;/p&gt;
+        <x:v>&lt;p&gt;Bloomfield, N., Summerson, R. and Arthur, T. 2021. Updating the Species Temperature Tolerances used in the Species Range Mapping Method and Incorporating Known Species Distributions. Canberra, ABARES: 87.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>&lt;p&gt;Coutts D.M., and Forrest B.M. 2007&amp;nbsp;&amp;nbsp;Development and application of tools for incursion response:Lessons learned from the management of the fouling pest &lt;em&gt;Didemnum vexillum.&amp;nbsp;Journal of Experimental Marine Biology and Ecology 342 (2007) 154–162&lt;/em&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>&lt;p&gt;Coutts, A.D.M. 2002&amp;nbsp;The development of incursion response tools – underwater vacuum&amp;nbsp;and filter system trials.&amp;nbsp;Cawthron Report No. 755. Cawthron Institute New Zealand&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
@@ -1610,51 +1618,51 @@
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Hard
 &lt;p&gt;This category contains both natural and artificial habitats that are solid, fixed or permanent substrata. Species can reside on or within the habitat type. Naturally occurring hard substrates include bedrock, cobble stones and rocky reef structures. Artificial hard substrate include marine infrastructure such as wharf pylons and boat ramps. &amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&lt;/p&gt;
 Artificial
 Bedrock
 Boulder
 Cobble
 Oyster
 Pylons (concrete and timber)
 Reef
 Vessel
 Wood
 Organism
 This category is used for species that reside on or within another organism.
 Organism
 Soft
 &lt;p&gt;This category contains habitats that are not fixed or permanent, and are able to be affected by oceanic or estuarine currents. Material such as seagrass, sand, gravel, mud or any combination of these are considered soft structures that can be influenced by water and current movements.&amp;nbsp;Species can reside on the surface of this habitat type or within the habitat type.&lt;/p&gt;
 Gravel
 Wood (Mangrove)
 Tidal
 Low Tide
 Sub-tidal
 Vessel
-&lt;p&gt;This category refers to habitats associated with maritime transport and commercial shipping vessels. Known areas for species to inhabit on shipping vessels include hulls and tanks for the storage of ballast water. Species can reside in dry ballast, ballast water, in the sediment layer or on the sediment-water interface formed inside ballast tanks.&lt;/p&gt;
+&lt;p&gt;This category refers to habitats associated with maritime transport and commercial shipping vessels. Known areas for species to inhabit on shipping vessels include hulls and ballast water tanks. Species can reside in ballast water, in the sediment layer or on the sediment-water interface inside ballast tanks.&lt;/p&gt;
 Hull Biofouling
 </x:v>
       </x:c>
       <x:c r="C2" t="str">
         <x:v>&lt;p&gt;&lt;em&gt;D. vexillum&lt;/em&gt; can colonise artificial substrates in harbours, such as pilings, floating marina docks, boat hulls, and buoys (Lambert, 2002). &lt;em&gt;D. vexillum&lt;/em&gt; tolerates a wide range of conditions including temperature, salinity, and water quality allowing it to overgrow large areas of seabed smothering subtidal communities where it often dominates (Herborg et al., 2009).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Sub-tidal</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v/>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>0.0000</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>&lt;p&gt;Summerson (2024)&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>30.0000</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>&lt;p&gt;Summerson (2024)&lt;/p&gt;