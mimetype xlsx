--- v0 (2025-10-03)
+++ v1 (2025-10-27)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331f2370167f480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dea2bda16f84cab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Rd51a928fd457439f"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R3dca84461d504f17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R9971539fe3754a5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="R268643c26fc944fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="Ra67e03d02542432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="R0f7eea5155c14799"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="Ree78fdb4b53e4fcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="Rfb80cfe927474497"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="R0247a769f14541b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="R119026a87a014ea5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="Rb4c002ca1bc74958"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="R8c30beb6b8bd43ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="R54f0c628130c4621"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="Rbf463989458d4c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="Ra088c66e42e3495e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="R4b2dbdfd805942e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="Rd30224f90e8f4059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="R59e32118faed4b28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R64dbe06c454249cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd51a928fd457439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R36cea168b61b4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rcf86aa5f9cdf4ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Rb7c0b6c4ac6e4501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rda4644462f574bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R49634114a07d41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R2b010185ec0a4f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R446ad21ba4a44413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R3e2a200e970b41fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="Rf369771a0b754326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R28c97c762e214d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R9232ba3a0f564570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Re7071583b5ec4438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="Rd5b95f81919547e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Rab3597bd7450447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="Rc91161e85248499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R3dca84461d504f17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9971539fe3754a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R268643c26fc944fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Ra67e03d02542432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R0f7eea5155c14799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Ree78fdb4b53e4fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="Rfb80cfe927474497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R0247a769f14541b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R119026a87a014ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="Rb4c002ca1bc74958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R8c30beb6b8bd43ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R54f0c628130c4621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="Rbf463989458d4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Ra088c66e42e3495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R4b2dbdfd805942e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Rd30224f90e8f4059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R59e32118faed4b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R64dbe06c454249cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">