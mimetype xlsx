--- v0 (2025-10-11)
+++ v1 (2026-03-12)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c280d28aa934d67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a20e71d8e8b4682" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R842ff9ceb0d44f15"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R5d3c15d521404db9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Rd33cce0ec8b343ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="Rb660fc680c60455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="R2937e70554514a54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="Ra2a9544f390543dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="Red76178d284040b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="R15a160b999024295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="R9b70abe4a4d04808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="R8d1c9c14cd4b488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="Re76a890a4c3a4ff8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="R85c85ebfa921423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="R6c6a618f343c43a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="R865aff9605104abc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="Rbbb5cb1728fc448d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="R001d1e209a714883"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="Rad1a080f3c5a4a37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="Rd0806a3224a2427b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="Rb22be80d0d14438c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R842ff9ceb0d44f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb110fc502e164bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R1795e4b17f894861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R0789155b1f254eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rf7d9d0887cb2482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="Rae9ab5af6e914718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="Rc59d35374a364195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="Rcb6bd1eff3fe4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="Rafc3e36271774939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="Rf162a32c6f4f4ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="Rdeaf0ed0a97f43d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="Ra109e634ca5f49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R0257cf9517d24954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R459f04ea958c4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R8569614f4c0648ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R1aa99527aaba4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R5d3c15d521404db9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd33cce0ec8b343ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb660fc680c60455c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R2937e70554514a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Ra2a9544f390543dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Red76178d284040b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R15a160b999024295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R9b70abe4a4d04808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R8d1c9c14cd4b488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="Re76a890a4c3a4ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R85c85ebfa921423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R6c6a618f343c43a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R865aff9605104abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Rbbb5cb1728fc448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R001d1e209a714883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Rad1a080f3c5a4a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="Rd0806a3224a2427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="Rb22be80d0d14438c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -126,106 +126,101 @@
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Vectors</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;Larvae and recently settled crabs living in ports in Asia, Europe and Northeast USA are potential candidates for translocation as vessel biofouling or ballast water (Carlton and Geller, 1993). This is the likely route of introduction into Australia.&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Vector type: Vessels
-Vector type description: &lt;p&gt;This class encompasses vectors associated with maritime transport and shipping activities. Vessels includes; commercial ships (e.g. tankers, container ships, ferries, barges), fishing vessels, recreational vessels, passenger vessels, drilling platforms and research vessels. An example of a vector from this class is ballast water, which has been found to transport up to 10 000 different species at any one time. Other vectors associated with this class include: dry ballast, biofouling community.&lt;/p&gt;
+Vector type description: &lt;p&gt;Vectors associated with maritime transport and shipping activities. Vessels include bulk carriers, container ships, passenger vessels, fishing vessels, illegal foreign entry vessels and recreational vessels. Unmanaged ballast water can potentially transport marine species in vessel ballast tanks and via biofouling on the exterior of vessels or internal water systems and equipment. &amp;nbsp;&amp;nbsp;&lt;/p&gt;
 Vectors:
 Vector: Ballast Water
-Description: The release of species in ballast water discharged from vessels.  Various types and life stages of species can be transported in ballast water, including plankton, crustaceans, fish, larvae, eggs or cysts.  Ballast water is used in commercial vessels to stabilise the vessel and is uploaded or discharged depending on the amount of cargo onboard.  Ballast water as a vector also includes sediments that accumulate in the bottom of ballast tanks.  Species that are able to survive within these sediments include those that have a resistant stage or resting cyst (e.g. dinoflagellates) as well as adult stages of benthic organisms.
+Description: &lt;p&gt;Various types and life stages of aquatic species can be transported in&amp;nbsp;ballast water. Species taken up in ballast water can be discharged from vessels if it’s not correctly managed. Marine pests can also survive within ballast tank sediments.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
 Vector: Biofouling
-Description: &lt;p&gt;Fouling communities are typically composed of encrusting or sessile species, however they can include mobile species. This vector can introduce species through a variety of means. Three examples are: (1) The spawning of a fouling species on a vessel in port and its successful settlement and establishment of a reproductive population; (2) The dislodgement of fouling species from a vessel in port through abrasion with wharf structures, through high vessel speedswater or vessel hull cleaning (which&amp;nbsp;should only be undertake in accordance with the &lt;a href="https://www.agriculture.gov.au/biosecurity/avm/vessels/marine-pest-biosecurity/biofouling/anti-fouling-and-inwater-cleaning-guidelines"&gt;national antifouling and in-water cleaning guidelines&lt;/a&gt;); and (3) The sinking of fouled vessels either deliberately or accidentally can introduce new species to a location. There are a variety of vectors capable of having a fouling community. Characteristics of a fouling community found on wooden boat hulls include: having a wood boring habit; a benthic sessile or encrusting stage; and mobile adults or larval stages. Fouling communities found within sea chests, anchor wells etc. often are mobile crevice occupying species or known obligate associate of fouling species and can escape into new locations.&lt;/p&gt;
+Description: &lt;p&gt;Biofouling is the accumulation of sessile or mobile marine organisims on submerged parts of vessels. When marine pests attach to vessel hulls or niche areas (e.g. sea chests, propeller shafts or rudders), they can be transported to new locations. Introduction can occur through (1) A fouling species spawning event from the external or internal parts of a vessel while in port and its successful establishment. (2) The dislodgement of fouling species from a vessel accidentally such as abrasion with wharf structures, or deliberately through in-water cleaning activities; and (3) The sinking of fouled vessels either deliberately or accidentally.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Impacts</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;Invasions of alien habitat by the Asian shore crab have been characterised by rapid geographical expansion and widespread displacement of and interaction with competing crab species in the NW USA (Epifanio, 2013). Impact on the population of the green crab is equivocal (Jungblut et al., 2017). Experiments in the NW Pacific which the Asian shore crab has not so far invaded have found the endemic species of &lt;em&gt;Hemigrapsus&lt;/em&gt; may out-compete it (Steinberg and Epifanio, 2011; Lord, 2017). The crab is a significant consumer of juvenile blue mussels in the USA&lt;em&gt; &lt;/em&gt;(Brousseau et al., 2014) and of other molluscs and small crustaceans.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Impact type: Economic
-Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture and aquatic tourism industries. Introduced species that become invasive&amp;nbsp;may experience significant population increases and foul marine infrastructure, inhibiting their usage. They may also affect access for Australian seafood products in international markets.&lt;/p&gt;
+Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture, infrastructure, maritime vessels and trade and tourism.&lt;/p&gt;
 Impacts:
 Impact: Fisheries, Aquaculture and Other Aquatic Industries
 Description: &lt;p&gt;Marine pests may affect recreational fishing grounds and reduce the viability of various aquaculture industries. This can result in revenue losses for primary production sectors and commercial fisheries.&lt;/p&gt;
 Species specifics: &lt;p&gt;It is an omnivore feeding on commercially important molluscs (such as clams, scallops, mussels and oysters) as well as many species of algae and fish larvae. It has been reported to displace native crabs on the mid-Atlantic coast of North America (Lohrer and Whitlatch, 1997; Gerard et al., 1999) and predicted to compete with native xanthid mud crabs for habitat (McDermott, 1991).&lt;/p&gt;
 Impact type: Environmental
-Impact type description: &lt;p&gt;Marine pests have the potential to modify marine ecosystems by directy predating on or outcompeting native species for resources. Marine pests can also change existing marine habiats through their feeding, reproductive and sheltering behaviours&lt;/p&gt;
+Impact type description: &lt;p&gt;Marine pests can alter marine ecosystems and habitats through competition, predation, smothering and habitat modification.&lt;/p&gt;
 Impacts:
-Impact: Competitors
-[...1 lines deleted...]
-Species specifics: &lt;p&gt;&lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; has replaced the previously introduced &lt;em&gt;Carcinus maenas&lt;/em&gt; (Gollasch &amp;amp; Leppakoski, 1999) and competes with the juveniles for intertidal habitat (rocks, shell etc.) on the north east coast of the US (Jensen et al., 2000). The habitat displacement of native crabs and predation on a wide variety of resident species such as &lt;em&gt;Littorina&lt;/em&gt; spp. and &lt;em&gt;Mytilus edulis&amp;nbsp;&lt;/em&gt;juveniles has been reported on the mid-Atlantic coast of North America . (Gerard et al., 1999; Lohrer &amp;amp; Whitlatch, 1997). In laboratory trials, &lt;em&gt;H. sanguineus&lt;/em&gt; was dominant when examining compeition for food or space (Jensen et al., 2000) and it has been predicted that &lt;em&gt;H. sanguineus&lt;/em&gt; will compete with native xanthid mud crabs for habitat (McDermott, 1991). &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; has the potential to affect populations of native species such as crabs, fish and shellfish by disrupting the food web; either preying directly on native species or competing with native species for food (Richerson, 2006).&lt;/p&gt;
 Impact: Ecosystems
-Description: &lt;p&gt;An introduced species that becomes invasive may reach high densities and their feeding, breeding and sheltering behaviours may change the surrounding ecological and physical environment. &amp;nbsp;They may cause habitat modifications, alter trophic interactions and food-webs, alter bio-geochemical cycles or smother and overgrow entire areas.&lt;/p&gt;
+Description: &lt;p&gt;An introduced species that becomes invasive may reach high densities and their feeding, breeding and sheltering behaviours may change the ecological and physical environment. &amp;nbsp;They may cause habitat modifications, alter trophic interactions and food-webs, alter water quality or overgrow areas.&amp;nbsp;Marine pests may out compete native marine species for food and resources. This competition can lead to biodiversity loss and changes in marine food webs.&lt;/p&gt;
 Species specifics: &lt;p&gt;See species and communities entry&lt;/p&gt;
-Impact: Feeding
-[...1 lines deleted...]
-Species specifics: &lt;p&gt;The gastropod &lt;em&gt;Littorina littorea&lt;/em&gt; (common periwinkle) may be preyed by Asian shore crabs. Kraemer et al. (2007) note that since the occurrence of &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; in Northern America, the lower intertidal density of &lt;em&gt;L. littorea&lt;/em&gt;&amp;nbsp;decreased by about 80 per cent, and the decline was consistent with the expansion of the Asian shore crab population.&lt;/p&gt;
 Impact: Species and Communities
-Description: &lt;p&gt;Marine pests can be poisonous and/or venomous. They may pose a risk to native species or communities through direct predation or competition. They may also dominate and outcompete native species or introduce new pathogens and parasites.&lt;/p&gt;
+Description: &lt;p&gt;Marine pests can be poisonous and/or venomous. They may pose a risk to native species or communities through direct predation or competition. They may also dominate and outcompete native species or introduce new pathogens and parasites to new areas.&lt;/p&gt;
 Species specifics: &lt;p&gt;Predation by &lt;em&gt;H. sanguineus&lt;/em&gt; can affect bivalve populations (Brousseau et al., 2014) and also may affect algal cover in some areas (Tyrrell et al., 2006).&amp;nbsp;It displaces other native and introduced shore crabs in experimental conditions (Hobbs et al., 2017). It preys on bivalves, barnacles and amphipods (Brousseau and Baglivo, 2005)&lt;/p&gt;
 Impact type: Human Health
-Impact type description: &lt;p&gt;Marine pests may pose a direct threat to public health and result in physical injury and illness. They may also act as vectors for other parasites and diseases of human health concerns.&lt;/p&gt;
+Impact type description: &lt;p&gt;Marine pests may pose direct human health risks.&amp;nbsp;For example they may be carriers of diseases and parasites which cause health human concerns.&amp;nbsp;&lt;/p&gt;
 Impacts:
 Impact: Human Health
-Description: &lt;p&gt;Marine pests may pose a threat to human health and can cause physical injury, poisoning, and food-borne illnesses,. Some organisms, notably aquatic dinoflagellates, have the potential to cause toxicity in humans when ingested in high levels. Other marine pests can act as vectors for parasites and diseases of human health concern.&lt;/p&gt;
+Description: &lt;p&gt;Certain marine organisms may pose risks to human health through physical injury, toxicity, or as vectors for disease and or parasites.&amp;nbsp;&lt;/p&gt;
 Species specifics: &lt;p&gt;&lt;em&gt;H. sanguineus&lt;/em&gt; is a known host or carrier of the WSSV (Maeda et al., 1998).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Legal issues</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;Physical and chemical controls of exotic crabs in an estuarine environment are essentially impractical without consequences for other biota. Physical removal and biocides may be efficient control methods for small scale incursions but there are no acceptable control methods for large-scale marine incursions of crabs at present (Thresher and Kuris, 2004). Brockerhoff and McLay (2011) were not aware of a program that has been successful in eradicating an invasive marine crab.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
@@ -292,51 +287,51 @@
       </x:c>
       <x:c r="G2" t="str">
         <x:v/>
       </x:c>
       <x:c r="H2" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Reference</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Url</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
-        <x:v>&lt;p&gt;Asakura, A., and Watanabe, S. 2005. &lt;em&gt;Hemigrapsus takanoi&lt;/em&gt;, new species, a sibling species of the common Japanese intertidal crab &lt;em&gt;H. penicillatus&lt;/em&gt; (Decapoda: Brachyura: Grapsoidea). &lt;em&gt;Journal of Crustacean Biology&lt;/em&gt; 25: 279-292. &lt;u&gt;https://doi.org/10.1651/c-2514&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;ASAKURA, A. &amp;amp; WATANABE, S. 2005. &lt;em&gt;Hemigrapsus takanoi&lt;/em&gt;, new species, a sibling species of the common Japanese intertidal crab &lt;em&gt;H. penicillatus&lt;/em&gt; (Decapoda: Brachyura: Grapsoidea). &lt;em&gt;Journal of Crustacean Biology&lt;/em&gt; 25: 279-292. &lt;u&gt;https://doi.org/10.1651/c-2514&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>&lt;p&gt;Baillie, C., and Grabowski, J.H. 2019. Invasion dynamics: interactions between the European green crab &lt;em&gt;Carcinus maenas &lt;/em&gt;and the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;. &lt;em&gt;Biological Invasions&lt;/em&gt; 21: 787-802. &lt;u&gt;https://doi.org/10.1007/s10530-018-1858-1&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>&lt;p&gt;Baillie, C.J., and Grabowski, J.H. 2018. Competitive and agonistic interactions between the invasive Asian shore crab and juvenile American lobster. &lt;em&gt;Ecology&lt;/em&gt; 99: 2067-2079. &lt;u&gt;https://doi.org/10.1002/ecy.2432&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
@@ -346,419 +341,420 @@
       </x:c>
       <x:c r="B5" t="str">
         <x:v>http://fl.biology.usgs.gov/Nonindigenous_Species/Asian_shore_crab/asian_shore_crab.html</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>&lt;p&gt;Blakeslee, A.M.H., Kamakura, Y., Onufrey, J., Makino, W., Urabe, J., Park, S., Keogh, C.L., Miller, A.W., Minton, M.S., Carlton, J.T., and Miura, O. 2017. Reconstructing the invasion history of the Asian shorecrab, &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; (De Haan 1835) in the Western Atlantic. &lt;em&gt;Marine Biology&lt;/em&gt; 164: 47. &lt;u&gt;https://doi.org/10.1007/s00227-017-3069-1&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>&lt;p&gt;Bloch, C.P., Curry, K.D., Fisher-Reid, M.C., and Surasinghe, T.D. 2019. Population decline of the invasive Asian shore crab (&lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;) and dynamics of associated intertidal invertebrates on Cape Cod, Massachusetts. &lt;em&gt;Northeastern Naturalist&lt;/em&gt; 26: 772-784. &lt;u&gt;https://doi.org/10.1656/045.026.0408&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
-        <x:v>&lt;p&gt;Bloomfield, N., Summerson, R. and Arthur, T. (2021). Updating the Species Temperature Tolerances used in the Species Range Mapping Method and Incorporating Known Species Distributions. Canberra, ABARES: 87.&lt;/p&gt;
+        <x:v>&lt;p&gt;Bloomfield, N., Summerson, R. and Arthur, T. 2021. Updating the Species Temperature Tolerances used in the Species Range Mapping Method and Incorporating Known Species Distributions. Canberra, ABARES: 87.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
         <x:v>&lt;p&gt;Breton, G., Faasse, M., Noël, P., and Vincent, T. 2002. A new alien crab in Europe: &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; (Decapoda: Brachyura: Grapsidae). &lt;em&gt;Journal of Crustacean Biology&lt;/em&gt; 22: 184-189. &lt;u&gt;https://doi.org/10.1163/20021975-99990221&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str">
-        <x:v>&lt;p&gt;Brousseau, D.J., and Baglivo, J.A. 2005. Laboratory Investigations of food selection by the Asian shore crab, &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;: algal versus animal preference. &lt;em&gt;Journal of Crustacean Biology&lt;/em&gt; 25: 130-134. &lt;u&gt;https://doi.org/10.1651/C-2530&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;BROUSSEAU, D. J. &amp;amp; BAGLIVO, J. A. 2005. Laboratory Investigations of food selection by the Asian shore crab, &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;: algal versus animal preference. &lt;em&gt;Journal of Crustacean Biology&lt;/em&gt; 25: 130-134. &lt;u&gt;https://doi.org/10.1651/C-2530&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str">
         <x:v>&lt;p&gt;Brousseau, D.J., and Baglivo, J.A. 2005. Laboratory Investigations of food selection by the Asian shore crab, &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;: algal versus animal preference. &lt;em&gt;Journal of Crustacean Biology&lt;/em&gt; 25: 130-134. &lt;u&gt;https://doi.org/10.1651/C-2530&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B11" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str">
         <x:v>&lt;p&gt;Brousseau, D.J., Murphy, A.E., Enriquez, N.P., and Gibbons, K. 2008. Foraging by two estuarine fishes, &lt;em&gt;Fundulus heteroclitus &lt;/em&gt;and &lt;em&gt;Fundulus majalis&lt;/em&gt;, on juvenile Asian shore crabs (&lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;) in western Long Island Sound. &lt;em&gt;Estuaries and Coasts&lt;/em&gt; 31: 144-151. &lt;u&gt;https://doi.org/10.1007/s12237-007-9006-7&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B12" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str">
-        <x:v>&lt;p&gt;Connor, N.J. 2007. Stimulation of molting in megalopae of the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;: physical and chemical cues. &lt;em&gt;Marine Ecology Progress Series&lt;/em&gt; 352: 1-8. &lt;u&gt;https://doi.org/10.3354/meps07315&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;CARLTON, J. T. &amp;amp; GELLER, J. B. , 'Ecological Roulette: The Global Transport of Nonindigenous Marine Organisms', &lt;em&gt;Science&lt;/em&gt;, vol. 261, pp. 78-82.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str">
-        <x:v>&lt;p&gt;Dauvin, J.-C., Rius, A.T., and Ruellet, T. 2009. Recent expansion of two invasive crabs species &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;(de Haan, 1835) and &lt;em&gt;H. takanoi &lt;/em&gt;Asakura and Watanabe 2005 along the Opal Coast, France &lt;em&gt;Aquatic Invasions&lt;/em&gt; 4: 451-465 &lt;u&gt;https://doi.org/10.3391/ai.2009.4.3.3&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Connor, N.J. 2007. Stimulation of molting in megalopae of the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;: physical and chemical cues. &lt;em&gt;Marine Ecology Progress Series&lt;/em&gt; 352: 1-8. &lt;u&gt;https://doi.org/10.3354/meps07315&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B14" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str">
-        <x:v>&lt;p&gt;Epifanio, C.E. 2013. Invasion biology of the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus:&lt;/em&gt; a review. &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 441: 33-49. &lt;u&gt;https://doi.org/10.1016/j.jembe.2013.01.010&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Dauvin, J.-C., Rius, A.T., and Ruellet, T. 2009. Recent expansion of two invasive crabs species &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;(de Haan, 1835) and &lt;em&gt;H. takanoi &lt;/em&gt;Asakura and Watanabe 2005 along the Opal Coast, France &lt;em&gt;Aquatic Invasions&lt;/em&gt; 4: 451-465 &lt;u&gt;https://doi.org/10.3391/ai.2009.4.3.3&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str">
-        <x:v>&lt;p&gt;Epifanio, C.E., Dittel, A.I., Park, S., Schwalm, S., and Fouts, A. 1998. Early life history of &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;, a non-indigenous crab in the Middle Atlantic Bight (USA). &lt;em&gt;Marine Ecology Progress Series&lt;/em&gt; 170: 231-238. https://www.int-res.com/abstracts/meps/v170/p231-238/&lt;/p&gt;
+        <x:v>&lt;p&gt;Epifanio, C.E. 2013. Invasion biology of the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus:&lt;/em&gt; a review. &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 441: 33-49. &lt;u&gt;https://doi.org/10.1016/j.jembe.2013.01.010&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str">
-        <x:v>&lt;p&gt;Fukui, Y. 1988. Comparative studies on the life history of the grapsid crabs (Crustacea, Brachyura) inhabiting intertidal cobble and boulder shores. &lt;em&gt;Publications of the Seto Marine Biological Laboratory&lt;/em&gt; 33: 121-162. &lt;u&gt;https://doi.org/10.5134/176156&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Epifanio, C.E., Dittel, A.I., Park, S., Schwalm, S., and Fouts, A. 1998. Early life history of &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;, a non-indigenous crab in the Middle Atlantic Bight (USA). &lt;em&gt;Marine Ecology Progress Series&lt;/em&gt; 170: 231-238. https://www.int-res.com/abstracts/meps/v170/p231-238/&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B17" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str">
-        <x:v>&lt;p&gt;Gerard, V.A., Cerrato, R.M., and Larson, A.A. 1999. Potential impacts of a western Pacific grapsid crab on intertidal communities of the Northwestern Atlantic Ocean. &lt;em&gt;Biological Invasions&lt;/em&gt; 1: 353-361. &lt;u&gt;https://doi.org/10.1023/A:1010093329077&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Fukui, Y. 1988. Comparative studies on the life history of the grapsid crabs (Crustacea, Brachyura) inhabiting intertidal cobble and boulder shores. &lt;em&gt;Publications of the Seto Marine Biological Laboratory&lt;/em&gt; 33: 121-162. &lt;u&gt;https://doi.org/10.5134/176156&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str">
-        <x:v>&lt;p&gt;Heinonen, K.B., and Auster, P.J. 2012. Prey selection in crustacean-eating fishes following the invasion of the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus i&lt;/em&gt;n a marine temperate community. &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 413: 177-183. &lt;u&gt;https://doi.org/10.1016/j.jembe.2011.12.011&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Gerard, V.A., Cerrato, R.M., and Larson, A.A. 1999. Potential impacts of a western Pacific grapsid crab on intertidal communities of the Northwestern Atlantic Ocean. &lt;em&gt;Biological Invasions&lt;/em&gt; 1: 353-361. &lt;u&gt;https://doi.org/10.1023/A:1010093329077&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B19" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str">
-        <x:v>&lt;p&gt;Hobbs, N.-V.S., Cobb, J.S., and Thornber, C.S. 2017. Conspecific tolerance and heterospecific competition as mechanisms for overcoming resistance to invasion by an intertidal crab. &lt;em&gt;Biological Invasions&lt;/em&gt; 19: 765-772. &lt;u&gt;https://doi.org/10.1007/s10530-016-1290-3&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Heinonen, K.B., and Auster, P.J. 2012. Prey selection in crustacean-eating fishes following the invasion of the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus i&lt;/em&gt;n a marine temperate community. &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 413: 177-183. &lt;u&gt;https://doi.org/10.1016/j.jembe.2011.12.011&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B20" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str">
-        <x:v>&lt;p&gt;Hong, S.-E., Kim, J.-K., Yu, J.-N., Kim, K.-Y., Lee, C.I., Park, K.-Y., and Yoon, M.-G. 2012. Genetic variation in the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;in Korean coastal waters as inferred from mitochondrial DNA sequences. &lt;em&gt;Fisheries and Aquatic Sciences&lt;/em&gt; 15: 49-56. &lt;u&gt;https://doi.org/10.5657/FAS.2012.0049&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Hobbs, N.-V.S., Cobb, J.S., and Thornber, C.S. 2017. Conspecific tolerance and heterospecific competition as mechanisms for overcoming resistance to invasion by an intertidal crab. &lt;em&gt;Biological Invasions&lt;/em&gt; 19: 765-772. &lt;u&gt;https://doi.org/10.1007/s10530-016-1290-3&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B21" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="str">
-        <x:v>&lt;p&gt;Hwang, S.G., Lee, C., and Kim, C.H. 1993. Complete larval development of &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;(Decapoda, Brachyura, Grapsidae) reared in laboratory. &lt;em&gt;Korean Journal of Systematic Zoology&lt;/em&gt; 9: 69-86. &lt;u&gt;https://www.cabdirect.org/cabdirect/abstract/20067200538&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Hong, S.-E., Kim, J.-K., Yu, J.-N., Kim, K.-Y., Lee, C.I., Park, K.-Y., and Yoon, M.-G. 2012. Genetic variation in the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;in Korean coastal waters as inferred from mitochondrial DNA sequences. &lt;em&gt;Fisheries and Aquatic Sciences&lt;/em&gt; 15: 49-56. &lt;u&gt;https://doi.org/10.5657/FAS.2012.0049&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B22" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="str">
-        <x:v>&lt;p&gt;Integrated Taxonomic Information System. 2010, 'ITIS Report - &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; (De haan, 1853)', ITIS ,accessed 20-Jan.&lt;/p&gt;
+        <x:v>&lt;p&gt;Hwang, S.G., Lee, C., and Kim, C.H. 1993. Complete larval development of &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;(Decapoda, Brachyura, Grapsidae) reared in laboratory. &lt;em&gt;Korean Journal of Systematic Zoology&lt;/em&gt; 9: 69-86. &lt;u&gt;https://www.cabdirect.org/cabdirect/abstract/20067200538&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>http://www.itis.gov/servlet/SingleRpt/SingleRpt?search_topic=TSN&amp;search_value=621740</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="str">
-        <x:v>&lt;p&gt;Jensen, G 2006, 'Ecology of &lt;em&gt;Hemigrapsus Sanguineus&lt;/em&gt;', Global Invasive Species Database, accessed 20-Jan.&lt;/p&gt;
+        <x:v>&lt;p&gt;Integrated Taxonomic Information System. 2010, 'ITIS Report - &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; (De haan, 1853)', ITIS ,accessed 20-Jan.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>http://www.issg.org/database/species/ecology.asp?si=756&amp;fr=1&amp;sts=sss&amp;lang=EN</x:v>
+        <x:v>http://www.itis.gov/servlet/SingleRpt/SingleRpt?search_topic=TSN&amp;search_value=621740</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str">
-        <x:v>&lt;p&gt;Jensen, G., C. , McDonald, P.S., and Armstrong, D., A. . 2002. East meets west: competitive interactions between green crab &lt;em&gt;Carcinus maenas&lt;/em&gt;, and native and introduced shore crab &lt;em&gt;Hemigrapsus &lt;/em&gt;spp. &lt;em&gt;Marine Ecology Progress Series&lt;/em&gt; 225: 251-262. &lt;u&gt;https://www.int-res.com/abstracts/meps/v225/p251-262/&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Jensen, G 2006, 'Ecology of &lt;em&gt;Hemigrapsus Sanguineus&lt;/em&gt;', Global Invasive Species Database, accessed 20-Jan.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v/>
+        <x:v>http://www.issg.org/database/species/ecology.asp?si=756&amp;fr=1&amp;sts=sss&amp;lang=EN</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str">
-        <x:v>&lt;p&gt;Jungblut, S., Beermann, J., Boos, K., Saborowski, R., and Hagen, W. 2017. Population development of the invasive crab &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;(De Haan, 1853) and its potential native competitor &lt;em&gt;Carcinus maenas &lt;/em&gt;(Linnaeus, 1758) at Helgoland (North Sea) between 2009 and 2014 &lt;em&gt;Aquatic Invasions&lt;/em&gt; 12: 85–96. &lt;u&gt;https://doi.org/10.3391/ai.2017.12.1.09&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Jensen, G., C. , McDonald, P.S., and Armstrong, D., A. . 2002. East meets west: competitive interactions between green crab &lt;em&gt;Carcinus maenas&lt;/em&gt;, and native and introduced shore crab &lt;em&gt;Hemigrapsus &lt;/em&gt;spp. &lt;em&gt;Marine Ecology Progress Series&lt;/em&gt; 225: 251-262. &lt;u&gt;https://www.int-res.com/abstracts/meps/v225/p251-262/&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B26" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str">
-        <x:v>&lt;p&gt;Karlsson, R., Obst, M., and Berggren, M. 2019. Analysis of potential distribution and impacts for two species of alien crabs in Northern Europe. &lt;em&gt;Biological Invasions&lt;/em&gt; 21: 3109-3119. &lt;u&gt;https://doi.org/10.1007/s10530-019-02044-3&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Jungblut, S., Beermann, J., Boos, K., Saborowski, R., and Hagen, W. 2017. Population development of the invasive crab &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;(De Haan, 1853) and its potential native competitor &lt;em&gt;Carcinus maenas &lt;/em&gt;(Linnaeus, 1758) at Helgoland (North Sea) between 2009 and 2014 &lt;em&gt;Aquatic Invasions&lt;/em&gt; 12: 85–96. &lt;u&gt;https://doi.org/10.3391/ai.2017.12.1.09&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B27" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str">
-        <x:v>&lt;p&gt;Kopin, C.Y., Epifanio, C.E., Nelson, S., and Stratton, M. 2001. Effects of chemical cues on metamorphosis of the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;, an invasive species on the Atlantic coast of North America. &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 265: 141-151. &lt;u&gt;https://doi.org/10.1016/S0022-0981(01)00326-4&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Karlsson, R., Obst, M., and Berggren, M. 2019. Analysis of potential distribution and impacts for two species of alien crabs in Northern Europe. &lt;em&gt;Biological Invasions&lt;/em&gt; 21: 3109-3119. &lt;u&gt;https://doi.org/10.1007/s10530-019-02044-3&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B28" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str">
-        <x:v>&lt;p&gt;Kraemer, G.P. 2019. Changes in population demography and reproductive output of the invasive &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; (Asian shore crab) in the Long Island Sound from 2005 to 2017. &lt;em&gt;Northeastern Naturalist&lt;/em&gt; 26: 81-94. &lt;u&gt;https://doi.org/10.1656/045.026.0101&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Kopin, C.Y., Epifanio, C.E., Nelson, S., and Stratton, M. 2001. Effects of chemical cues on metamorphosis of the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;, an invasive species on the Atlantic coast of North America. &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 265: 141-151. &lt;u&gt;https://doi.org/10.1016/S0022-0981(01)00326-4&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B29" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str">
-        <x:v>&lt;p&gt;Lohrer, A.M., Fukui, Y., Wada, K., and Whitlatch, R.B. 2000. Structural complexity and vertical zonation of intertidal crabs, with focus on habitat requirements of the invasive Asian shore crab, &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;(de Haan). &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 244: 203-217. &lt;u&gt;https://doi.org/10.1016/S0022-0981(99)00139-2&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Kraemer, G.P. 2019. Changes in population demography and reproductive output of the invasive &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; (Asian shore crab) in the Long Island Sound from 2005 to 2017. &lt;em&gt;Northeastern Naturalist&lt;/em&gt; 26: 81-94. &lt;u&gt;https://doi.org/10.1656/045.026.0101&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B30" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="str">
-        <x:v>&lt;p&gt;Lord, J.P. 2017. Potential impact of the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;on native northeast Pacific crabs. &lt;em&gt;Biological Invasions&lt;/em&gt; 19: 1879-1887. &lt;u&gt;https://doi.org/10.1007/s10530-017-1399-z&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Lohrer, A.M., Fukui, Y., Wada, K., and Whitlatch, R.B. 2000. Structural complexity and vertical zonation of intertidal crabs, with focus on habitat requirements of the invasive Asian shore crab, &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;(de Haan). &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 244: 203-217. &lt;u&gt;https://doi.org/10.1016/S0022-0981(99)00139-2&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B31" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="str">
-        <x:v>&lt;p&gt;Lord, J.P., and Williams, L.M. 2017. Increase in density of genetically diverse invasive Asian shore crab (&lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;) populations in the Gulf of Maine. &lt;em&gt;Biological Invasions&lt;/em&gt; 19: 1153-1168. &lt;u&gt;https://doi.org/10.1007/s10530-016-1304-1&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Lord, J.P. 2017. Potential impact of the Asian shore crab &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;on native northeast Pacific crabs. &lt;em&gt;Biological Invasions&lt;/em&gt; 19: 1879-1887. &lt;u&gt;https://doi.org/10.1007/s10530-017-1399-z&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B32" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="str">
-        <x:v>&lt;p&gt;McDermott, J.J. 1991. A breeding population of the western Pacific crab Hemigrapsus sanguineus (Crustacea: Decapoda: Grapsidae) established on the Atlantic coast of North America. &lt;em&gt;Biological Bulletin&lt;/em&gt; 181: 195-198. &lt;u&gt;https://doi.org/10.2307/1542503&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Lord, J.P., and Williams, L.M. 2017. Increase in density of genetically diverse invasive Asian shore crab (&lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;) populations in the Gulf of Maine. &lt;em&gt;Biological Invasions&lt;/em&gt; 19: 1153-1168. &lt;u&gt;https://doi.org/10.1007/s10530-016-1304-1&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B33" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="str">
-        <x:v>&lt;p&gt;McDermott, J.J. 1998a. The western Pacific brachyuran &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; (Grapsidae) in its new habitat along the Atlantic coast of the United States: Reproduction. &lt;em&gt;Journal of Crustacean Biology&lt;/em&gt; 18: 308-316. &lt;u&gt;https://doi.org/10.2307/1549324&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;McDermott, J.J. 1991. A breeding population of the western Pacific crab Hemigrapsus sanguineus (Crustacea: Decapoda: Grapsidae) established on the Atlantic coast of North America. &lt;em&gt;Biological Bulletin&lt;/em&gt; 181: 195-198. &lt;u&gt;https://doi.org/10.2307/1542503&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B34" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str">
-        <x:v>&lt;p&gt;McDermott, J.J. 2011. Parasites of shore crabs in the genus &lt;em&gt;Hemigrapsus &lt;/em&gt;(Decapoda: Brachyura: Varunidae) and their status in crabs geographically displaced: a review. &lt;em&gt;Journal of Natural History&lt;/em&gt; 45: 2419-2441. https://doi.org/10.1080/00222933.2011.596636&lt;/p&gt;
+        <x:v>&lt;p&gt;McDermott, J.J. 1998a. The western Pacific brachyuran &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; (Grapsidae) in its new habitat along the Atlantic coast of the United States: Reproduction. &lt;em&gt;Journal of Crustacean Biology&lt;/em&gt; 18: 308-316. &lt;u&gt;https://doi.org/10.2307/1549324&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B35" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str">
-        <x:v>&lt;p&gt;Noël, P., Tardy, E., and d’Udekem d’Acoz, C. 1997. Will the crab &lt;em&gt;Hemigrapsus penicillatus &lt;/em&gt;invade the coasts of Europe? &lt;em&gt;Comptes Rendus de l’Académie, Paris, Sciences de La Vie&lt;/em&gt; 320: 741–745.&lt;/p&gt;
+        <x:v>&lt;p&gt;McDermott, J.J. 2011. Parasites of shore crabs in the genus &lt;em&gt;Hemigrapsus &lt;/em&gt;(Decapoda: Brachyura: Varunidae) and their status in crabs geographically displaced: a review. &lt;em&gt;Journal of Natural History&lt;/em&gt; 45: 2419-2441. https://doi.org/10.1080/00222933.2011.596636&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B36" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str">
-        <x:v>&lt;p&gt;Ounifi-Ben Amor, K., Ben Amor, M.M., Rifi, M., and Ben Sousiis, J. 2017. Diversity of crustacean species from Tunis Southern Lagoon (Central Mediterranean) after an ecological restoration. &lt;em&gt;Cahiers De Biologie Marine&lt;/em&gt; 58: 49-57.&lt;/p&gt;
+        <x:v>&lt;p&gt;Noël, P., Tardy, E., and d’Udekem d’Acoz, C. 1997. Will the crab &lt;em&gt;Hemigrapsus penicillatus &lt;/em&gt;invade the coasts of Europe? &lt;em&gt;Comptes Rendus de l’Académie, Paris, Sciences de La Vie&lt;/em&gt; 320: 741–745.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B37" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str">
-        <x:v>&lt;p&gt;Poore, G.C.B. 2004. &lt;em&gt;Marine decapod Crustacea of southern Australia. A guide to identification (with chapter on Stomatopoda by Shane Ahyong).&lt;/em&gt;&amp;nbsp; CSIRO Publishing: Melbourne. 574 pp.&lt;/p&gt;
+        <x:v>&lt;p&gt;Ounifi-Ben Amor, K., Ben Amor, M.M., Rifi, M., and Ben Sousiis, J. 2017. Diversity of crustacean species from Tunis Southern Lagoon (Central Mediterranean) after an ecological restoration. &lt;em&gt;Cahiers De Biologie Marine&lt;/em&gt; 58: 49-57.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B38" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str">
-        <x:v>&lt;p&gt;Poux, C., Gothland, M., Holl, A.-C., Spilmont, N., and Arnaud, J.-F. 2015. Highly polymorphic microsatellite markers in two species, the invasive shore crabs &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;and &lt;em&gt;Hemigrapsus takanoi &lt;/em&gt;(Decapoda, Varunidae). &lt;em&gt;Conservation Genetics Resources&lt;/em&gt; 7: 569-572. &lt;u&gt;https://doi.org/10.1007/s12686-015-0426-6&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Poore, G.C.B. 2004. &lt;em&gt;Marine decapod Crustacea of southern Australia. A guide to identification (with chapter on Stomatopoda by Shane Ahyong).&lt;/em&gt;&amp;nbsp; CSIRO Publishing: Melbourne. 574 pp.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B39" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str">
-        <x:v>&lt;p&gt;Rasch, J.A., and O'Connor, N.J. 2012. Development and behavior of megalopae of the non-native crab &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;in response to chemical cues from coastal fishes. &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 416-417: 196-201. &lt;u&gt;https://doi.org/10.1016/j.jembe.2011.12.012&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Poux, C., Gothland, M., Holl, A.-C., Spilmont, N., and Arnaud, J.-F. 2015. Highly polymorphic microsatellite markers in two species, the invasive shore crabs &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;and &lt;em&gt;Hemigrapsus takanoi &lt;/em&gt;(Decapoda, Varunidae). &lt;em&gt;Conservation Genetics Resources&lt;/em&gt; 7: 569-572. &lt;u&gt;https://doi.org/10.1007/s12686-015-0426-6&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B40" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str">
-        <x:v>&lt;p&gt;Richerson, MM 2006, '&lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;', United States Geological Survey Nonindigenous Aquatic Species Database, Gainesville, FL , accessed 20-Jan.&lt;/p&gt;
+        <x:v>&lt;p&gt;Rasch, J.A., and O'Connor, N.J. 2012. Development and behavior of megalopae of the non-native crab &lt;em&gt;Hemigrapsus sanguineus &lt;/em&gt;in response to chemical cues from coastal fishes. &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 416-417: 196-201. &lt;u&gt;https://doi.org/10.1016/j.jembe.2011.12.012&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>http://nas.er.usgs.gov/queries/FactSheet.asp?speciesID=183</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str">
-        <x:v>&lt;p&gt;Schubart, CD 2002, 'The east Asian shore crab &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; (Brachyura: Varunidae) in the Mediterranean Sea: an independent human-mediated introduction', &lt;em&gt;Scientia Marina&lt;/em&gt;, vol. 67, no. 2, pp. 195-200.&lt;u&gt;https://dialnet.unirioja.es/servlet/articulo?codigo=2194981&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Richerson, MM 2006, '&lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt;', United States Geological Survey Nonindigenous Aquatic Species Database, Gainesville, FL , accessed 20-Jan.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v/>
+        <x:v>http://nas.er.usgs.gov/queries/FactSheet.asp?speciesID=183</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str">
-        <x:v>&lt;p&gt;Steinberg, M.K., and Epifanio, C.E. 2011. Three's a crowd: space competition among three species of intertidal shore crabs in the genus &lt;em&gt;Hemigrapsus&lt;/em&gt;. &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 404: 57-62. &lt;u&gt;https://doi.org/10.1016/j.jembe.2011.04.014&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Schubart, CD 2002, 'The east Asian shore crab &lt;em&gt;Hemigrapsus sanguineus&lt;/em&gt; (Brachyura: Varunidae) in the Mediterranean Sea: an independent human-mediated introduction', &lt;em&gt;Scientia Marina&lt;/em&gt;, vol. 67, no. 2, pp. 195-200.&lt;u&gt;https://dialnet.unirioja.es/servlet/articulo?codigo=2194981&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B43" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str">
-        <x:v>&lt;p&gt;Stephenson, EH, Steneck, RS and&amp;nbsp;Seeley, RH 2009, Possible temperature limits to range expansion of non-native Asian shore crabs in Maine, &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt;, vol. 375, pp. 21-31.&lt;u&gt;https://doi.org/10.1016/j.jembe.2009.04.020&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Steinberg, M.K., and Epifanio, C.E. 2011. Three's a crowd: space competition among three species of intertidal shore crabs in the genus &lt;em&gt;Hemigrapsus&lt;/em&gt;. &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 404: 57-62. &lt;u&gt;https://doi.org/10.1016/j.jembe.2011.04.014&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B44" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str">
-        <x:v>&lt;p&gt;Thresher, R., and Kuris, A.M. 2004. Options for managing invasive marine species. &lt;em&gt;Biological Invasions&lt;/em&gt; 6: 295–300.&lt;/p&gt;
+        <x:v>&lt;p&gt;Stephenson, EH, Steneck, RS and&amp;nbsp;Seeley, RH 2009, Possible temperature limits to range expansion of non-native Asian shore crabs in Maine, &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt;, vol. 375, pp. 21-31.&lt;u&gt;https://doi.org/10.1016/j.jembe.2009.04.020&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>https://doi.org/10.1023/B:BINV.0000034598.28718.2e</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str">
-        <x:v>&lt;p&gt;Tyrrell, M.C., Guarino, P.A., and Harris, L.G. 2006. Predatory Impacts of two introduced crab species: inferences from microcosms. &lt;em&gt;Northeastern Naturalist&lt;/em&gt; 13: 375-390. &lt;u&gt;https://doi.org/10.1656/1092-6194(2006)13[375:PIOTIC]2.0.CO;2&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Thresher, R., and Kuris, A.M. 2004. Options for managing invasive marine species. &lt;em&gt;Biological Invasions&lt;/em&gt; 6: 295–300.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v/>
+        <x:v>https://doi.org/10.1023/B:BINV.0000034598.28718.2e</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str">
-        <x:v>&lt;p&gt;Velikanov, A.Y. 2002. Spatial differences in reproduction of capelin (&lt;em&gt;Mallotus villosus socialis&lt;/em&gt;) in the coastal waters of Sakhalin. ICES Journal of Marine Science 59: 1011-1017. &lt;u&gt;https://doi.org/10.1006/jmsc.2002.1231&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;Tyrrell, M.C., Guarino, P.A., and Harris, L.G. 2006. Predatory Impacts of two introduced crab species: inferences from microcosms. &lt;em&gt;Northeastern Naturalist&lt;/em&gt; 13: 375-390. &lt;u&gt;https://doi.org/10.1656/1092-6194(2006)13[375:PIOTIC]2.0.CO;2&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B47" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str">
-        <x:v>Brousseau, DJ, Baglivo, JA, Filipowicz, A, Sego, L &amp;amp; Alt, C 2002, An experimental field study of site fidelity and mobility in the Asian shore crab, &lt;i&gt;Hemigrapsus sanguineus&lt;/i&gt;, &lt;i&gt;Northeastern Naturalist&lt;/i&gt;, vol. 9, pp. 381-390.</x:v>
+        <x:v>&lt;p&gt;Velikanov, A.Y. 2002. Spatial differences in reproduction of capelin (&lt;em&gt;Mallotus villosus socialis&lt;/em&gt;) in the coastal waters of Sakhalin. ICES Journal of Marine Science 59: 1011-1017. &lt;u&gt;https://doi.org/10.1006/jmsc.2002.1231&lt;/u&gt;&lt;/p&gt;
+</x:v>
       </x:c>
       <x:c r="B48" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str">
-        <x:v>Carlton JT and Geller JB. 1993, 'Ecological Roulette: The Global Transport of Nonindigenous Marine Organisms', &lt;i&gt;Science&lt;/i&gt;, vol. 261, pp. 78-82.</x:v>
+        <x:v>Brousseau, DJ, Baglivo, JA, Filipowicz, A, Sego, L &amp;amp; Alt, C 2002, An experimental field study of site fidelity and mobility in the Asian shore crab, &lt;i&gt;Hemigrapsus sanguineus&lt;/i&gt;, &lt;i&gt;Northeastern Naturalist&lt;/i&gt;, vol. 9, pp. 381-390.</x:v>
       </x:c>
       <x:c r="B49" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str">
         <x:v>Dauvin, JC 2009, 'Asian Shore Crabs &lt;i&gt;Hemigrapsus&lt;/i&gt; spp. (Crustacea: Brachyura: Grapsoidea) continue their invasion around the Cotentin Peninsula, Normandy, France: Status of the &lt;i&gt;Hemigrapsus&lt;/i&gt; population in 2009', &lt;i&gt;Aquatic Invasions&lt;/i&gt;, vol. 4.</x:v>
       </x:c>
       <x:c r="B50" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="str">
         <x:v>Dauvin, JC 2009, 'Establishment of the Asian shore crab &lt;i&gt;Hemigrapsus sanguineus&lt;/i&gt; (De Haan, 1835) (Crustacea: Brachyura: Grapsoidea) from the Cotentin Peninsular, Normandy, France', &lt;i&gt;Aquatic Invasions&lt;/i&gt;, vol. 4, pp. 467-472.</x:v>
       </x:c>
       <x:c r="B51" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="str">
         <x:v>DeGraaf, JD &amp;amp; Tyrrell, MC 2004, Comparison of the feeding rates of two introduced crab species, &lt;i&gt;Carcinus maenas&lt;/i&gt; and &lt;i&gt;Hemigrapsus sanguineus&lt;/i&gt; , on the blue mussel, &lt;i&gt;Mytilus edulis&lt;/i&gt;, &lt;i&gt;Northeastern Naturalist&lt;/i&gt;, vol. 11, pp. 163-166.</x:v>
       </x:c>