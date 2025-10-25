--- v0 (2025-10-01)
+++ v1 (2025-10-25)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R303c9d0995f8445c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85cfe184f8bb414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R4a919b5b32ff400e"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R02373743c83d4026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Rae3d586cf5954a00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="R2215e4b2a85a4ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="R37feae9abb404db3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="Rb080b32dc0bf4875"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="R5298ed4c2dfb44b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="R49450c034edf4f98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="Ra96a142873374947"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="R5b398560c1ce4272"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="R37d4b204f8064616"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="Rf90749c8ef8c4827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="Rc24689809ae540dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="Rbd52cb0d72454a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="Rb05da87004894ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="Rf9319740f38c4749"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="R2a64cd2e1a5b49e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="Rb8b5c57695a642a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R6d7c08e0b8c74fad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a919b5b32ff400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R4b04f68f91bd4995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rf61d0430093c4ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Ra3c42768dd49400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rb3f79356043c4062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="Ra2fe717eb4c342c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R85d1cf26e66e47eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="Rf1065167d7974bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="Rcfa5d380a62c4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R018f49c5b8fe4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="Rbf740160db2c48b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R625c73ca00214d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R2ec06aea247345d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="Rd307bb18968e4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R40c13e34679646bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R888b1265c8d24129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R02373743c83d4026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae3d586cf5954a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R2215e4b2a85a4ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R37feae9abb404db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Rb080b32dc0bf4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R5298ed4c2dfb44b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R49450c034edf4f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="Ra96a142873374947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R5b398560c1ce4272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R37d4b204f8064616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="Rf90749c8ef8c4827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="Rc24689809ae540dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="Rbd52cb0d72454a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Rb05da87004894ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="Rf9319740f38c4749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R2a64cd2e1a5b49e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="Rb8b5c57695a642a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R6d7c08e0b8c74fad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1376,219 +1376,277 @@
       </x:c>
       <x:c r="C4" t="str">
         <x:v>30/04/2019</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>Passive</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>Six individuals found dead on a log washed ashore. Not considered an established population. Surveillance activity confirmed by Queensland Department of Agriculture and Fisheries</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>Queensland</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>-16.4705</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>139.3851</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>Mornington Island</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
-        <x:v>Pontoon, Evans Landing, Weipa 2025</x:v>
+        <x:v>Mooring Buoys Hey River 2024</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>Private </x:v>
+        <x:v>NQ Bulk Ports</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>08/04/2025</x:v>
+        <x:v>16/11/2024</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>Passive</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>Pontoon, Evans Landing public sighting MPSC 29</x:v>
+        <x:v>Hey River, mooring inspections</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>Queensland</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>-12.6650</x:v>
+        <x:v>-12.7731</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>141.8469</x:v>
+        <x:v>141.9044</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>Evans landing Weipa harbour</x:v>
+        <x:v>Weipa QLD</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
-        <x:v>Cairns 2021</x:v>
+        <x:v>Pontoon, Evans Landing, Weipa 2025</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>QDAF</x:v>
+        <x:v>Private </x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>28/09/2021</x:v>
+        <x:v>08/04/2025</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v>Passive</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Single adult male found on vessel moored in Trinity inlet for a number of years. Not considered an established population. Reference CCIMPE OOS 2021-05.</x:v>
+        <x:v>Pontoon, Evans Landing public sighting MPSC 29</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>Queensland</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>-16.9292</x:v>
+        <x:v>-12.6650</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>145.7838</x:v>
+        <x:v>141.8469</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>Trinity Inlet, Cairns</x:v>
+        <x:v>Evans landing Weipa harbour</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
-        <x:v>Alcoa Kwinana 2020</x:v>
+        <x:v>Weipa local operated vessel</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>WA DPIRD</x:v>
+        <x:v>QDPI</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>25/08/2020</x:v>
+        <x:v>04/09/2024</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>Specific</x:v>
+        <x:v>Passive</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>eDNA sampling in response to a vessel ballast water leak at Alcoa wharf, Kwinana</x:v>
+        <x:v>Industry sighting when slipped</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>Western Australia</x:v>
+        <x:v>Queensland</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>-32.1897</x:v>
+        <x:v>-12.6675</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>115.7712</x:v>
+        <x:v>141.8619</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>Kwinana, Perth</x:v>
+        <x:v>Humbug Wharf Weipa, Mission River</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
-        <x:v>Christmas Island 2011</x:v>
+        <x:v>Cairns 2021</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>WA DPIRD</x:v>
+        <x:v>Qld DPI</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>01/02/2011</x:v>
+        <x:v>28/09/2021</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>Specific</x:v>
+        <x:v>Passive</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Port survey of Christmas Island targeting 55 national priority listed pest species. No pest species detected.</x:v>
+        <x:v>Single adult male found on vessel moored in Trinity inlet for a number of years. Not considered an established population. Reference CCIMPE OOS 2021-05.</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>Western Australia</x:v>
+        <x:v>Queensland</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>-10.4243</x:v>
+        <x:v>-16.9292</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>105.6713</x:v>
+        <x:v>145.7838</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>Christmas Island</x:v>
+        <x:v>Trinity Inlet, Cairns</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
-        <x:v>Dampier 2013</x:v>
+        <x:v>Alcoa Kwinana 2020</x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v>WA DPIRD</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>24/05/2013</x:v>
+        <x:v>25/08/2020</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v>Specific</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>No marine pests species detected. Port survey was completed according to the National System for the Prevention and Mangement of Introduced Marine Pest Species.</x:v>
+        <x:v>eDNA sampling in response to a vessel ballast water leak at Alcoa wharf, Kwinana</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>Western Australia</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>-20.6630</x:v>
+        <x:v>-32.1897</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>116.7080</x:v>
+        <x:v>115.7712</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>Port of Dampier</x:v>
+        <x:v>Kwinana, Perth</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str">
-        <x:v>MPSC24_WA_BroomePort</x:v>
+        <x:v>Christmas Island 2011</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>WA DPIRD</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>15/09/2022</x:v>
+        <x:v>01/02/2011</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>Active</x:v>
+        <x:v>Specific</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>Diver vessel inspection</x:v>
+        <x:v>Port survey of Christmas Island targeting 55 national priority listed pest species. No pest species detected.</x:v>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>Western Australia</x:v>
       </x:c>
       <x:c r="G10" t="str">
+        <x:v>-10.4243</x:v>
+      </x:c>
+      <x:c r="H10" t="str">
+        <x:v>105.6713</x:v>
+      </x:c>
+      <x:c r="I10" t="str">
+        <x:v>Christmas Island</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11">
+      <x:c r="A11" t="str">
+        <x:v>Dampier 2013</x:v>
+      </x:c>
+      <x:c r="B11" t="str">
+        <x:v>WA DPIRD</x:v>
+      </x:c>
+      <x:c r="C11" t="str">
+        <x:v>24/05/2013</x:v>
+      </x:c>
+      <x:c r="D11" t="str">
+        <x:v>Specific</x:v>
+      </x:c>
+      <x:c r="E11" t="str">
+        <x:v>No marine pests species detected. Port survey was completed according to the National System for the Prevention and Mangement of Introduced Marine Pest Species.</x:v>
+      </x:c>
+      <x:c r="F11" t="str">
+        <x:v>Western Australia</x:v>
+      </x:c>
+      <x:c r="G11" t="str">
+        <x:v>-20.6630</x:v>
+      </x:c>
+      <x:c r="H11" t="str">
+        <x:v>116.7080</x:v>
+      </x:c>
+      <x:c r="I11" t="str">
+        <x:v>Port of Dampier</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12">
+      <x:c r="A12" t="str">
+        <x:v>MPSC24_WA_BroomePort</x:v>
+      </x:c>
+      <x:c r="B12" t="str">
+        <x:v>WA DPIRD</x:v>
+      </x:c>
+      <x:c r="C12" t="str">
+        <x:v>15/09/2022</x:v>
+      </x:c>
+      <x:c r="D12" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="E12" t="str">
+        <x:v>Diver vessel inspection</x:v>
+      </x:c>
+      <x:c r="F12" t="str">
+        <x:v>Western Australia</x:v>
+      </x:c>
+      <x:c r="G12" t="str">
         <x:v>-17.9944</x:v>
       </x:c>
-      <x:c r="H10" t="str">
+      <x:c r="H12" t="str">
         <x:v>122.2144</x:v>
       </x:c>
-      <x:c r="I10" t="str">
+      <x:c r="I12" t="str">
         <x:v>Port of Broome</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Synonyms</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Other common names</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Taxonomic group</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Kingdom</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>Phylum</x:v>