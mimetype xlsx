--- v0 (2025-10-18)
+++ v1 (2026-03-11)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c39e8932db4438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e8b78ad0c0f4e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R605cd14ede2a47d3"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R7c02bdab69e0446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R750b23b5172d4fe9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="R7ecf368a510c4827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="R375116b5b50a4e1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="R391889d49f0b49c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="Rd0bb0bac268e4ce4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="Re54e16d7144c4c47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="R9bbb668900164c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="Rf204d7b4a6d347ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="R2d21c4451d83456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="R4481cdf3943c4c1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="Re5aaf82b40f14040"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="R00a57fa9ba7748fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="Rc348235458fc495d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="R5c054230f9894225"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="R625c4a89ba4e4a4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="R34bdeb3648a64b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="Rcb79e57aee3d4c3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R605cd14ede2a47d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R444be4b664074003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R31398237e760407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R35b2d5cb61ec43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rb4e6a5c1c3174ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R16b898a35f254bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="Ra0b3a12c45b342cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R76b96f1a2e034443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="Rc4c114668c8f4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R7b2310ae36924513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R94e77a8ee2594c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="Rb22b3d4a6b4f4d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R5b23abe5f1a54ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R893960e3e7994c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Rad4713a8190e4b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="Rbf101e66027b41a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R7c02bdab69e0446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R750b23b5172d4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R7ecf368a510c4827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R375116b5b50a4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R391889d49f0b49c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rd0bb0bac268e4ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="Re54e16d7144c4c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R9bbb668900164c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="Rf204d7b4a6d347ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R2d21c4451d83456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R4481cdf3943c4c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="Re5aaf82b40f14040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R00a57fa9ba7748fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Rc348235458fc495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R5c054230f9894225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R625c4a89ba4e4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R34bdeb3648a64b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="Rcb79e57aee3d4c3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -125,97 +125,94 @@
 &lt;p&gt;Molecular studies suggest that the Tasmanian &lt;em&gt;Undaria&lt;/em&gt; originated from western Japan, and the Victorian introduction from either Korea or China (Uwai et al., 2006).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Vectors</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Vector type: Fisheries and Aquaculture
-Vector type description: &lt;p&gt;This class encompasses vectors associated with fisheries and aquaculture activities and trade. An example of a vector from this class is Fisheries intentional, which would incorporate, for example, the introduction of the Pacific oyster &lt;em&gt;Magallana gigas&lt;/em&gt; for aquaculture purposes. Other vectors included in this class are: Discarded bait, Fisheries accidental (not oysters), mollusc accidental, mollusc intentional, packing material and scientific escape.&lt;/p&gt;
+Vector type description: &lt;p&gt;Vectors types associated with fisheries and aquaculture and trade activities. Examples of&amp;nbsp; vectors from this class are the deliberately translocation&amp;nbsp;of oysters&amp;nbsp; for aquaculture purposes or discarded fishing equipment which is fouled with marine organisms.&amp;nbsp;&lt;/p&gt;
 Vectors:
 Vector: Fisheries - Accidental 
-Description: &lt;p&gt;The accidental translocation of species through aquaculture and fisheries activities. This vector includes the accidental release of live fish&amp;nbsp;and&amp;nbsp;crustaceans&amp;nbsp; imported for human consumption. This vector also includes the accidental translocation of species attached to aquaculture gear (floats, cages, etc).&lt;/p&gt;
+Description: &lt;p&gt;The accidental translocation of marine pests with aquaculture and commerical fisheries activities. This vector includes the accidental translocation of marine pests attached to aquaculture equipment such as floats, nets or cages.&lt;/p&gt;
 Vector type: Vessels
-Vector type description: &lt;p&gt;This class encompasses vectors associated with maritime transport and shipping activities. Vessels includes; commercial ships (e.g. tankers, container ships, ferries, barges), fishing vessels, recreational vessels, passenger vessels, drilling platforms and research vessels. An example of a vector from this class is ballast water, which has been found to transport up to 10 000 different species at any one time. Other vectors associated with this class include: dry ballast, biofouling community.&lt;/p&gt;
+Vector type description: &lt;p&gt;Vectors associated with maritime transport and shipping activities. Vessels include bulk carriers, container ships, passenger vessels, fishing vessels, illegal foreign entry vessels and recreational vessels. Unmanaged ballast water can potentially transport marine species in vessel ballast tanks and via biofouling on the exterior of vessels or internal water systems and equipment. &amp;nbsp;&amp;nbsp;&lt;/p&gt;
 Vectors:
 Vector: Biofouling
-Description: &lt;p&gt;Fouling communities are typically composed of encrusting or sessile species, however they can include mobile species. This vector can introduce species through a variety of means. Three examples are: (1) The spawning of a fouling species on a vessel in port and its successful settlement and establishment of a reproductive population; (2) The dislodgement of fouling species from a vessel in port through abrasion with wharf structures, through high vessel speedswater or vessel hull cleaning (which&amp;nbsp;should only be undertake in accordance with the &lt;a href="https://www.agriculture.gov.au/biosecurity/avm/vessels/marine-pest-biosecurity/biofouling/anti-fouling-and-inwater-cleaning-guidelines"&gt;national antifouling and in-water cleaning guidelines&lt;/a&gt;); and (3) The sinking of fouled vessels either deliberately or accidentally can introduce new species to a location. There are a variety of vectors capable of having a fouling community. Characteristics of a fouling community found on wooden boat hulls include: having a wood boring habit; a benthic sessile or encrusting stage; and mobile adults or larval stages. Fouling communities found within sea chests, anchor wells etc. often are mobile crevice occupying species or known obligate associate of fouling species and can escape into new locations.&lt;/p&gt;
+Description: &lt;p&gt;Biofouling is the accumulation of sessile or mobile marine organisims on submerged parts of vessels. When marine pests attach to vessel hulls or niche areas (e.g. sea chests, propeller shafts or rudders), they can be transported to new locations. Introduction can occur through (1) A fouling species spawning event from the external or internal parts of a vessel while in port and its successful establishment. (2) The dislodgement of fouling species from a vessel accidentally such as abrasion with wharf structures, or deliberately through in-water cleaning activities; and (3) The sinking of fouled vessels either deliberately or accidentally.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Impacts</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;&lt;em&gt;Undaria pinnatifida&lt;/em&gt;&lt;em&gt; &lt;/em&gt;is highly invasive, grows rapidly and has the potential to overgrow and exclude native algal species. The effects on the marine communities it invades are not yet well understood, but it is possible that the presence of&lt;em&gt; U. pinnatifida &lt;/em&gt;may alter the food resources of herbivores that would normally consume native species. Along the coast of Tasmania, it has become a very common species, growing in large numbers around areas in which purple sea urchins (&lt;em&gt;Heliocidaris erythrogramma&lt;/em&gt;) have depleted stands of native algae. &lt;em&gt;U. pinnatifida&lt;/em&gt; also has the potential to become a problem for marine farms by increasing labour costs due to fouling problems. In oyster farms, it may compete with the oysters for settling space on cultivation ropes.&amp;nbsp; It also rapidly colonises new surfaces; in France &lt;em&gt;U. pinnatifida&lt;/em&gt; colonised a new marina establishing a self-sustaining population within 3 years, reaching densities of 50 individuals per m&lt;sup&gt;2&lt;/sup&gt; (Salamon et al., 2020).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Impact type: Economic
-Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture and aquatic tourism industries. Introduced species that become invasive&amp;nbsp;may experience significant population increases and foul marine infrastructure, inhibiting their usage. They may also affect access for Australian seafood products in international markets.&lt;/p&gt;
+Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture, infrastructure, maritime vessels and trade and tourism.&lt;/p&gt;
 Impacts:
 Impact: Fisheries, Aquaculture and Other Aquatic Industries
 Description: &lt;p&gt;Marine pests may affect recreational fishing grounds and reduce the viability of various aquaculture industries. This can result in revenue losses for primary production sectors and commercial fisheries.&lt;/p&gt;
 Species specifics: &lt;p&gt;&lt;em&gt;U. pinnatifida&lt;/em&gt; has the potential to become a problem for marine farms by increasing labour and harvesting costs due to fouling problems on fin fish cages, oyster racks, scallop bags and mussel ropes. Heavy fouling may also restrict water flow through cages.&lt;/p&gt;
 Impact type: Environmental
-Impact type description: &lt;p&gt;Marine pests have the potential to modify marine ecosystems by directy predating on or outcompeting native species for resources. Marine pests can also change existing marine habiats through their feeding, reproductive and sheltering behaviours&lt;/p&gt;
+Impact type description: &lt;p&gt;Marine pests can alter marine ecosystems and habitats through competition, predation, smothering and habitat modification.&lt;/p&gt;
 Impacts:
-Impact: Habitats
-[...1 lines deleted...]
-Species specifics: &lt;p&gt;&lt;em&gt;U. pinnatifida&lt;/em&gt; grows rapidly and has the potential to overgrow and exclude native algal species. Its effects on the marine communities it invades are not yet well understood.&lt;/p&gt;
 Impact: Species and Communities
-Description: &lt;p&gt;Marine pests can be poisonous and/or venomous. They may pose a risk to native species or communities through direct predation or competition. They may also dominate and outcompete native species or introduce new pathogens and parasites.&lt;/p&gt;
+Description: &lt;p&gt;Marine pests can be poisonous and/or venomous. They may pose a risk to native species or communities through direct predation or competition. They may also dominate and outcompete native species or introduce new pathogens and parasites to new areas.&lt;/p&gt;
 Species specifics: &lt;p&gt;&lt;em&gt;U. pinnatifida&lt;/em&gt; has the potential to overgrow and exclude native algal species and alter the food resources of herbivores that would normally consume native species. In areas of Tasmania it has become a very common species, growing in large numbers around areas in which sea urchins have depleted stands of native algae. Experiments in Tasmania have shown the importance of disturbance to the establishment of this species (Valentine and Johnson, 2003, 2004, 2005a, 2005b).&lt;br /&gt;
 Removal of &lt;em&gt;U. pinnatifida&lt;/em&gt; from invaded sites in the Nuevo Gulf (Argentina) resulted in a significant increase of native seaweed richness and diversity (Casas et al., 2004).&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;U. pinnatifida &lt;/em&gt;in New Zealand has greater photosynthetic ability than habitat-forming native kelp species such as &lt;em&gt;Macrocystis pyrifera&lt;/em&gt; and &lt;em&gt;Ecklonia radiata, &lt;/em&gt;across all ecologically relevant light intensities. This may contribute to potential continued range expansion of &lt;em&gt;U. pinnatifida&lt;/em&gt; into deeper wave-exposed kelp forest communities, beyond typical shallow-depth habitat invasion (Desmond et al., 2019).&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;U. pinnatifida&lt;/em&gt; also has the potential to negatively impact native epifauna, as demonstrated in New Zealand&lt;em&gt; &lt;/em&gt;(Su&amp;aacute;rez-Jim&amp;eacute;nez et al., 2017).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Legal issues</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
@@ -240,676 +237,491 @@
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Application method</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Side effects</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>Appropriate</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Health and safety</x:v>
       </x:c>
       <x:c r="G1" t="str">
         <x:v>Constraints</x:v>
       </x:c>
       <x:c r="H1" t="str">
         <x:v>Species specifics</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>Air exposure/desiccation/freezing</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>&lt;p&gt;Subtidal species are generally intolerant to prolonged air exposure with lethal limits species dependent.&lt;/p&gt;
+        <x:v>&lt;p&gt;Subtidal species are generally intolerant to prolonged air exposure with lethal limits dependent on the species. Desiccation involves removing organisms from the water and exposing them to air and associated temperature changes. &amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="C2" t="str">
         <x:v>&lt;p&gt;In some power plants, raw water systems, reservoirs, locked marinas and impoundments, water levels can be lowered (drawn-down) to expose fouling infestations to the air. Subsequent freezing or desiccation due to ambient temperatures may kill a large proportion of the exposed population (Boelman et al., 1997). The dreissenid mussels (&lt;em&gt;Dreissena spp.&lt;/em&gt;) and the mytilid mussels (&lt;em&gt;Musculista&lt;/em&gt; and &lt;em&gt;Limnoperna&lt;/em&gt;) have thin shells and are quick to desiccate when exposed to the air. Zebra mussels can not survive freezing (Karatayev et al., 1998). These species are generally absent from sites that are likely to dry out at low tide (Morton 1974; Willan 1987). Similarly the macroalga &lt;em&gt;Sargassum muticum&lt;/em&gt; does not withstand much desiccation and does not usually establish in areas that are exposed at low tide (Morrell and Farnham, 1982).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v/>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Time required for mortality is species dependent and temperature dependent.</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v/>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>&lt;p&gt;Relative humidity has a strong influence on the length exposure required for mortality to occur. Recent work by mussel growers in Port Phillip Bay indicated that 24 hour air exposure of mussel ropes kills small (50-70 mm arm length) individuals of the native seastar &lt;em&gt;Coscinasterias muricata&lt;/em&gt;&amp;nbsp;and many epiphytic biota on mussel ropes (&lt;em&gt;Sabella spallanzanii&lt;/em&gt;). However there is always likely to be some survival of individuals in amongst the denser clusters (e.g. of mussels) (Garnham 1998). Survival of &lt;em&gt;Dreissena polymorpha&lt;/em&gt; in freezing conditions was greatest in clumps of individuals and also mussels hiding in cracks and crevices compared to detached mussels and mussel attached to rocks. (Mellina and Rasmussen, 1994; Tucker et al., 1997). Air exposure is unlikely to kill intertidal organisms (eg. &lt;em&gt;Carcinus maenas&lt;/em&gt; and &lt;em&gt;Crassostrea gigas&lt;/em&gt;) unless maintained for extended periods.&lt;br /&gt;
 If fertile &lt;em&gt;Undaria pinnatifida&lt;/em&gt; plants are removed from the water (ie. manual removal, dry docking vessels, removing fouled buoys, ropes, pontoons etc) they should be carefully disposed of on land and no allowed to return (fall in) to the water&amp;nbsp;since slightly dried sporophylls which are reimmersed release zoospores very quickly (Saito 1975). Gametophytes of &lt;em&gt;Undaria pinnatifida&lt;/em&gt; can survive temperatures around 30&lt;sup&gt;o&lt;/sup&gt;C for up to 10-40 days (Kima and Nam, 1997). Gametophytes can also survive in small moist crevices in the hull, anchor well etc of vessels in dry dock as well as transportation on land for days up to at least a month (Hay 1990). Hence air exposure may not be wholly successful in killing &lt;em&gt;Undaria&lt;/em&gt; unless for prolonged periods.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>&lt;p&gt;Successful&lt;/p&gt;
 &lt;p&gt;Air exposure for 24 h resulted in 100 % mortality of &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;(C. Sanderson and S. Blackburn, University of Tasmania/CSIRO; unpublished data). Gametophytes of &lt;em&gt;U.&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;can survive temperatures around 30 &amp;deg;C for up to 10-40 days (Kim and Nam, 1997). Gametophytes can also survive in small moist crevices in the hull, anchor well etc of vessels in dry dock as well as transportation on land for days and up to at least a month (Hay, 1990). Hence air exposure may not be wholly successful in killing &lt;em&gt;U. pinnatifida&lt;/em&gt; unless for prolonged periods. If fertile &lt;em&gt;U. pinnatifida &lt;/em&gt;plants are removed from the water (i.e. manual removal, dry docking vessels, removing fouled buoys, ropes, pontoons etc) they should be carefully disposed of on land and not allowed to return (fall in) to the water since slightly dried sporophylls which are re-immersed release zoospores very quickly (Saito, 1975). For example, after three days of desiccation viable spores were released from sporophylls; when attached to air-exposed ropes gametophytes survived two days of desiccation (Bollen et al., 2017).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
-        <x:v>Antifoulants (TBT and novel modern coatings)</x:v>
+        <x:v>Antifoulants</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>&lt;p&gt;TBT is used as a fungicide and pesticide in timber treatments. It was used in underwater and antifouling paints but use is now banned by international protocol. Copper based antifoulants have replaced TBT as world guidelines become stricter. Silicon antifouling coatings and organic booster biocides are now being developed to replace copper and TBT based antifoulants due to the environment damage caused by these paints (Voulvoulis et al., 1999; Evans et al., 2000; Hodson 2000).&lt;br /&gt;
-Use is now banned by international protocol.&lt;/p&gt;
+        <x:v>&lt;p&gt;An anti-fouling coating is a surface coating or paint designed to prevent, repel or facilitate the detachment of biofouling from hull and niche areas that are submerged in water. A wide range of anti-fouling coatings are available for vessels and movable structures.&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>&lt;p&gt;Chlorinated rubber-based paints containing TBTs offered some resistance for nearly a year against &lt;em&gt;Mytilopsis sallei &lt;/em&gt;in India (Rao and Balaji, 1994). However, none of the commercially available antifouling paints or wood preservatives containing copper used in India on vessels prevented heavy fouling of &lt;em&gt;Mytilopsis&lt;/em&gt; &lt;em&gt;sallei&lt;/em&gt;, even for a period of 6 months (Rao and Balaji, 1994). The American oyster drill &lt;em&gt;Urosalpinx cinerea&lt;/em&gt; underwent a dramatic decline in Essex estuaries (Great Britain) in the early 1970s as a result of imposex caused by TBT (Gibbs et al., 1991). This antifoulant also affected native gastropod species (Nehring 2000). &lt;nbsp&gt;A combination of three halogenated furanones isolated from the marine red alga, &lt;em&gt;Delisea pulchra&lt;/em&gt;. At concentrations of 20- 40 mg/l of Furanone 281 resulted in mortality of &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt; and &lt;em&gt;Ecklonia radiata&lt;/em&gt; gametophytes (Burridge and Gorski, 1998).&lt;/nbsp&gt;&lt;/p&gt;
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>Tributyltin is hazardous according to Worksafe Australia criteria (NOHSC). Dangerous poison. Available only for industrial and manufacturing purposes. To be used by or in accordance with directions of accredited pest control officers. Operators to be trained in procedures for safe use of material.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>&lt;p&gt;Silicon synthetic resin paints have poor adhesive abilities and are still undergoing investigation. They can be easily damaged by large impacts and the service life of the paints in only ~1 year (Tanaka et al., 1996).&lt;/p&gt;
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>&lt;p&gt;Successful.&lt;br /&gt;
 &lt;br /&gt;
 Laboratory tests with a commercial antifoulant, Sea nine 211&amp;reg; at concentrations of &amp;gt;1.6 mg l-1 resulted in mortality of &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;gametophytes (Burridge and Gorski, 1998).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Atrazine</x:v>
+        <x:v>Changes to salinity</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>&lt;p&gt;Herbicide. Atrazine is an active component of herbicides, plant growth regulators and at higher rates of application as a non-selective weed killer.&lt;br /&gt;
-Registered by the NRA for use in Australia (August 2000) (see NRA Review, Nov. 1997).&lt;/p&gt;
+        <x:v>&lt;p&gt;Osmotic treatment involves manipulating salinity levels to disrupt the osmotic balance of marine pests, leading to mortality. This can be achieved by:&lt;/p&gt;
+&lt;ul&gt;
+	&lt;li&gt;Immersing infested structures or equipment in freshwater (hyposaline conditions).&amp;nbsp;&lt;/li&gt;
+	&lt;li&gt;Increasing salinity by adding salt (hypersaline conditions).&amp;nbsp;&lt;/li&gt;
+	&lt;li&gt;Altering salinity in enclosed water bodies through diversion of fresh or salt water.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>&lt;p&gt;Application of herbicide is by agricultural spray. In situ tests on &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;tried several methods of applying herbicides including atrazine, such as:&amp;nbsp;injection into the stipe or midrib, applying a gel formulation, attaching a sponge saturated with active substance to the thallus, and applying compounds inside a bag enclosing the thalli.&lt;/p&gt;
+        <x:v>&lt;p&gt;Vessels can be moved upstream into freshwater to change salinity. Saturated salt solutions have all been used with varying success to kill &lt;em&gt;Callinectes sapidus&lt;/em&gt; in the USA (Cristini et al., 1994). Dipping of dredge loads of oysters and associated species, and oysters and culch (settlement substrate of rocks and old shells) in saturated or strong salt solutions is extremely effective in killing:. small and large seastars (&lt;em&gt;Asterias&lt;/em&gt; spp.), boring sponges, ascidians, hydroids and slipper limpets (&lt;em&gt;Crepidula fornicata&lt;/em&gt;)&amp;nbsp;without harming the oysters in the USA (Loosanoff 1961). Brine dipping of oysters fouled with &lt;em&gt;Sargassum muticum&lt;/em&gt;, &lt;em&gt;Codium fragile ssp.&lt;/em&gt; tomentosoides and &lt;em&gt;Styela&lt;/em&gt; &lt;em&gt;clava &lt;/em&gt;was found to be an effective control of the alga and ascidian by Lewey (1976) in Minchin 1996; MacNair and Smith 1999). Brine dipping infested oysters is considered the cheapest, safest and most effective method of control of fouling species (Eno et al., 1997). Freshwater immersion is a successful method of killing &lt;em&gt;Asterias&lt;/em&gt; larvae and juveniles, the macroalga &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;, the oyster drilling gastropod &lt;em&gt;Ceratostoma inornatum&lt;/em&gt;&amp;nbsp;without harming the oysters as &lt;em&gt;Crassostrea gigas&lt;/em&gt; and most other biota that live in full strength seawater. Freshwater treatment can cause juvenile mussels (&lt;em&gt;Mytilus edulis&lt;/em&gt;) to drop off mussel ropes along with killing the other epibiota (L. Gunthrope, MAFRI, pers. comm.).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v/>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v/>
+        <x:v>&lt;p&gt;Time required for mortality is species dependent.&amp;nbsp;The decommissioned warship USS Missouri was recently moved from Washington to Hawaii to become a memorial museum. The vessel was heavily fouled with marine growths from 5 years of inactivity and as a precaution to prevent introduction of alien species to Hawaii was moved to a freshwater river for 9 days prior to travelling to Hawaii. A prevoyage survey found 116 taxa in hull scrapings whereas after arrival in Hawaii only 11 species were found and 90% of the hull was completely clear of any fouling organisms. This freshwater exposure coupled with increased temperatures during the journey to Hawaii appears to be an extremely effective means of eliminating the temperate marine fouling community (Brock et al., 1999).&lt;/p&gt;
+</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>&lt;p&gt;Hazardous according to Worksafe Australia criteria (NOHSC).&amp;nbsp;&lt;nbsp&gt;Operators should be trained in procedures for safe use of this material. DO NOT use until supplied directions for use have been read and understood. Concentrate material is measured and mixed, preferably outdoors, in proportions as recommended by manufacturer.&lt;/nbsp&gt;&lt;/p&gt;
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>There are problems with the lack of specificity and the difficulty in maintaining high concentrations in an aquatic environment of chemicals.</x:v>
+        <x:v>&lt;p&gt;The success of this method depends on the salinity tolerance of the target species and so non target species may be killed before the lethal limit is reached for the target species.&amp;nbsp;&lt;/p&gt;
+</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>&lt;p&gt;Unsuccessful.&lt;br /&gt;
-[...1 lines deleted...]
-In situ tests on &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;tried several methods of applying herbicides including atrazine, such as injection into the stipe or midrib, applying a gel formulation, attaching a sponge saturated with active substance.&lt;/p&gt;
+        <x:v>&lt;p&gt;Successful in laboratory experiments.&lt;br /&gt;
+Immersing &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;in freshwater for 24 h resulted in only 90 % mortality of gametophytes in laboratory experiments (C. Sanderson and S. Blackburn, University of Tasmania/CSIRO; unpublished data).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
-        <x:v>Bromide compounds</x:v>
+        <x:v>Commercial harvesting for food or fertiliser</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>&lt;p&gt;Bromine (activated bromine, sodium bromide, bromine chloride, ACTI-Brom by Nalco Chemical Co., Bromicide by Great Lakes Chemical Corporation) is a biocide and have been used to control &lt;em&gt;Dreissena polymorpha&lt;/em&gt;&amp;nbsp;(Lyons et al., 1991; Claudi and Mackie, 1994; Post et al., 1996; Boelman et al., 1997).&lt;/p&gt;
+        <x:v>&lt;p&gt;Commercial harvest has often been proposed as a management option for marine pests (Critchley et al., 1986, Hay and Luckens, 1987, Boudouresque et al., 1996). A commercial fishery could help reduce population numbers if a market could be found and the risks involved in encouraging commercial exploitation of a pest species could be resolved.&lt;br /&gt;
+&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>&lt;p&gt;A method to sterilise &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;infected wharf piles using bromine compounds applied inside PVC sleeves was successfully tested in New Zealand and permits for wider use are being considered (M. O&amp;#39;Callaghan, unpublished data).&lt;/p&gt;
+        <x:v>&lt;p&gt;Collection methods vary between taxa and can include mechanical harvesting machines, beam trawls, dredges, netting, trapping and diver collection.&amp;nbsp;&lt;nbsp&gt;Commercial harvesting can greatly diminish populations eg. &lt;em&gt;Perna canaliculus&lt;/em&gt; in New Zealand (Paul 1966; Jeffs et al., 1999) and &lt;em&gt;Mercenaria mercenaria&lt;/em&gt; in England (Eno et al., 1997). &lt;nbsp&gt;Both &lt;em&gt;Carcinus maenas&lt;/em&gt; and &lt;em&gt;Eriocheir sinensis&lt;/em&gt; are commercially fished in their native ranges (Guo et al., 1997; Gomes 1991; Svane 1997). Seastars are occasionally fished for reduction to animal feed stocks and the curio trade, but reported world seastar fisheries catches are small and unreliable (Sloan 1985). &lt;nbsp&gt;&lt;em&gt;Codium fragile &lt;/em&gt;ssp tomentosoides and &lt;em&gt;C. f.&lt;/em&gt; ssp atlanticum are a food source in the Far East (Eno et al., 1997) and &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;is commercially harvested as food (as the sea vegetable Wakame) (Hay and Luckens, 1987, Boudouresque et al., 1996). &lt;nbsp&gt;&lt;em&gt;Potamocorbula laevis&lt;/em&gt;, &lt;em&gt;Corbicula fluminea&lt;/em&gt; and &lt;i&gt;Arcuatula&amp;nbsp;&lt;/i&gt;&lt;em&gt;senhousia&lt;/em&gt; are commercially harvested for animal feed and fertiliser in China and Taiwan (Morton 1977; Carlton et al., 1990 and citations therein). &lt;em&gt;Cyprinus carpio&lt;/em&gt; (Carp-Fert) and some macroalgae have been used to make fertiliser or as an ingredient of animal food) (Anon 1997; Critchley et al., 1986, Hay and Luckens, 1987, Boudouresque et al., 1996). &lt;em&gt;Eriocheir sinensis&lt;/em&gt; has been used as bait for eel fishing, to produce fish meal, cosmetic products and for human consumption (Gollasch 1999; and citations therein (in German)). &lt;em&gt;Sabella spallanzanii&lt;/em&gt; is used as fish bait in Italy. However &lt;em&gt;S. spallanzanii&lt;/em&gt; is undesirable to fish in Australia and should not be used (K. Gowlett-Holmes, CSIRO; pers. comm.).&lt;nbsp&gt;&amp;nbsp;Bounties have been offered over the years to encourage collection of pest species including:&amp;nbsp;&lt;em&gt;Carcinus maenas&lt;/em&gt; in Edgartown (Walton 1997),&amp;nbsp;the American oyster drill &lt;em&gt;Urosalpinx cinerea&lt;/em&gt; (Eno et al., 1997) and&amp;nbsp;&lt;em&gt;Asterias&lt;/em&gt; spp. (&lt;em&gt;A. forbesi&lt;/em&gt; and &lt;em&gt;A. vulgaris&lt;/em&gt;) in the USA in 1941. (Gibbs 1946; Sloan 1985 and citations therein).&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v/>
+        <x:v>&lt;p&gt;Application is dependent on the collection method.&lt;/p&gt;
+</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v/>
+        <x:v>Clearance rates and duration of fishing effort for traps or dredges is dependent on target species abundance.</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>&lt;p&gt;Hazardous according to Worksafe Australia criteria (NOHSC). &lt;nbsp&gt;MSDS are available from the manufacturers, vendors, NOHSC and some Internet sources.&lt;/nbsp&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;There are risks to human health from consumption of &lt;em&gt;Eriocheir sinensis&lt;/em&gt; as the crabs are an intermediate host for the human lung fluke parasite in Asia) (Gollasch 1999; and citations therein (in German)). The toxic secondary metabolites in &lt;em&gt;Caulerpa taxifolia&lt;/em&gt; and &lt;em&gt;Codium fragile ssp.&lt;/em&gt; tomentosoides possibly prevent the use of these algae as animal fodder (Critchley et al., 1986, Hay and Luckens, 1987, Boudouresque et al., 1996).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>There are problems with the lack of specificity and the difficulty in maintaining high concentrations in an aquatic environment of chemicals.</x:v>
-[...92 lines deleted...]
-      <x:c r="G8" t="str">
         <x:v>&lt;p&gt;Developing a recreational or commercial fishery for populations of introduced species eg. &lt;em&gt;Perna canaliculus&lt;/em&gt;, &lt;em&gt;Carcinus maenas&lt;/em&gt; and &lt;em&gt;Undaria pinnatifida&lt;/em&gt; is problematic as it is a response strategy not a control method. Creating a demand for an introduced species is more likely to encourage its presence in an area and even result in people attempting to establish populations elsewhere rather than cause its eradication (driven by profit seeking individuals). Attempts to market &lt;em&gt;C. maenas&lt;/em&gt; caught in a trial fishery in the USA were unsuccessful, in the absence of a ready market.&lt;br /&gt;
 Recent trapping of the crab &lt;em&gt;Eriocheir sinensis&lt;/em&gt; has not been effective in controlling damage by crabs in river banks or preventing crabs feeding on trapped fish or fish stocks in commercial pond aquaculture. (Gollasch 1999; and citations therein (in German)).&lt;br /&gt;
 The New Zealand experience shows that intensive dredging of &lt;em&gt;P. canaliculus&lt;/em&gt; beds on sand or mud in removes juveniles and shell matter leaving an unstable soft substrate no longer suitable for settlement and attachment of many sessile invertebrates&amp;nbsp;(Stead 1971a, 1971b as cited in Jeffs et al. 1999). Environmental impacts of this type of control (eg. for &lt;em&gt;Perna&lt;/em&gt; and &lt;i&gt;Arcuatula&lt;/i&gt;&amp;nbsp;on soft sediment) would be high.&lt;br /&gt;
 The success of commercial kelp harvesting devices to remove &lt;em&gt;Undaria&lt;/em&gt; pinnatifida is doubtful because this annual kelp produces fertile sporophytes throughout the growth season instead of for a narrowly defined period as in other kelps. Mechanical harvest would likely lead to fragmentation of harvested sporophytes or to residual stipes with fertile sporophylls, both of which are likely to increase dispersal. In addition, commercial harvesting would not normally deplete a population below economically sustainable levels. When harvested for human food, in general only large thalli of healthy appearance are selected, other individuals are left in place (Floc&amp;#39;h et al., 1991).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="H8" t="str">
+      <x:c r="H5" t="str">
         <x:v>&lt;p&gt;Limited success.&lt;br /&gt;
 &lt;br /&gt;
 &lt;em&gt;U.&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;is commercially harvested for food (as the sea vegetable &amp;rsquo;wakame&amp;rsquo;) in Japan, Korea (native), France (introduced) and Tasmania, Australia (introduced) (Hay and Luckens, 1987; Boudouresque et al., 1996). The success of commercial kelp harvesting devices to remove &lt;em&gt;U.&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;is doubtful because this annual kelp produces fertile sporophytes throughout the growth season instead of for a narrowly defined period as in other kelps. Mechanical harvest would likely lead to fragmentation of harvested sporophytes or to residual stipes with fertile sporophylls, both of which are likely to increase dispersal. In addition, commercial harvesting would not normally deplete a population below economically sustainable levels. When harvested for human food, in general only large thalli of healthy appearance are selected, other individuals are left in place.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
-    <x:row r="9">
-      <x:c r="A9" t="str">
+    <x:row r="6">
+      <x:c r="A6" t="str">
         <x:v>Copper compounds</x:v>
       </x:c>
-      <x:c r="B9" t="str">
+      <x:c r="B6" t="str">
         <x:v>&lt;p&gt;Biocide. Various forms of copper have been used as a biocide to control pest species including various copper salts especially copper sulphate, copper ions produced by electrolytic dissolution as well as copper based antifoulants (generally copper oxides). Resistance to copper differs between the fouling bivalves with &lt;em&gt;Mytilopsis&lt;/em&gt; &lt;em&gt;sallei &lt;/em&gt;more resistant to copper than oysters (&lt;em&gt;Crassostrea gigas&lt;/em&gt; and &lt;em&gt;C. virginica&lt;/em&gt;) and mussels (&lt;em&gt;M. edulis&lt;/em&gt;) (Brown and Newell, 1972; Rao and Balaji, 1994, Tables 1 &amp;amp; 2). Copper sulphate has been trialed on Spartina in the UK, macroalgae, bivalves and &lt;em&gt;Asterias&lt;/em&gt; spp and crustaceans (&lt;em&gt;Callinectes sapidus&lt;/em&gt;). Copper based antifoulants have replaced TBT as world guidelines become stricter.&lt;br /&gt;
 Discharge of copper sulphate into marine waters is in breach of International Maritime Organisation (IMO) conventions (Ferguson 2000). Coptrol Aquatic Algicide&amp;nbsp;is registered by the NRA for use in Australia (August 2000).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="C9" t="str">
+      <x:c r="C6" t="str">
         <x:v>&lt;p&gt;Controlled electrolytic dissolution of copper and aluminium anodes has been trialed to control the &lt;em&gt;Dreissena spp.&lt;/em&gt; (Blume and Fitzgerald, 1996) and &lt;em&gt;Caulerpa taxifolia&lt;/em&gt; (Gavach et al., 1999;&amp;nbsp;Rebouillon et al., 1999).&lt;nbsp&gt;&amp;nbsp;Ion selective membranes that exchange sodium ions inside an enclosed space for copper ions in the surrounding seawater were tested as a method to increase the contact concentrations of copper to &lt;em&gt;Caulerpa taxifolia&lt;/em&gt; plants (Gavach et al., 1996). The copper ion concentration reaches equilibrium at about 8 ppm inside the membrane and at this level is reported to achieve a 96 % reduction in chlorophyll of the enclosed &lt;em&gt;C. taxifolia&lt;/em&gt;. However, recovery has been observed after 8 days. Pilot laboratory experiments using copper ions in a supersaturated solution of sodium chloride (to produce an application medium denser than seawater) increased the residence time of the copper ions in contact with &lt;em&gt;C. taxifolia&lt;/em&gt;. in (Charrin et al., 1999). &lt;nbsp&gt;Copper sulphate solution (5%) is sold as a commercial algicide (Coptrol) and generally sprayed on water surface at 1:10 dilution. In situ tests using Coptrol&amp;nbsp;examined several methods of applying herbicides to &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;,&amp;nbsp;such as injection into the stipe or midrib, applying a gel formulation, attaching a sponge saturated with active substance to the thallus, and applying compounds inside a bag enclosing the thalli (Sanderson 1996). &lt;nbsp&gt;In the early 1960&amp;#39;s copper sulphate was applied by crop dusting planes to about 16 square miles of sea in an effort to control blooms of the red tide dinoflagellate &lt;em&gt;Gymnodinium breve&lt;/em&gt;&amp;nbsp;but it was concluded that it was not an effective control measure (Rounsefell and Nelson, 1966). &lt;nbsp&gt;Injection of poisons including copper sulphate using pole spears was found to be locally effective on the Great Barrier Reef to control &lt;em&gt;Acanthaster planci&lt;/em&gt; (Birkeland and Lucas, 1990; Thresher et al., 1999).&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="D9" t="str">
+      <x:c r="D6" t="str">
         <x:v>&lt;p&gt;The low specificity and persistence of copper sulphate makes it unsuitable for use in the open environment. Numerous studies have been conducted to determine the effects of heavy metals such as copper on various species in the aquatic environment. Copper often has a necrotic effect on species once threshold levels are reached and this level differs between taxa. Excessive amounts of copper are lethal to crustaceans (Thunberg et al., 1973 and citations therein). Copper ion toxicity to plankton is well studied;&amp;nbsp;it is concentration dependent, and causes damage to cell membranes, disrupting photosynthesis and eventually death (Sorentino 1979).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="E9" t="str">
+      <x:c r="E6" t="str">
         <x:v>Depent on target species and method of application.</x:v>
       </x:c>
-      <x:c r="F9" t="str">
+      <x:c r="F6" t="str">
         <x:v>Copper sulphate, copper oxide and copper(1)chloride are hazardous according to Worksafe Australia criteria (NOHSC).</x:v>
       </x:c>
-      <x:c r="G9" t="str">
+      <x:c r="G6" t="str">
         <x:v>&lt;p&gt;The method of broadcast spray of copper sulphate was not recommended for general control over areas of ocean as it was deemed too expensive and non-specific (Rounsefell and Evans, 1958). It was concluded that because of its low solubility, copper sulphate ore could not be used as an effective control measure (Rounsefell and Nelson, 1966). .&lt;br /&gt;
 The main disadvantages associated with copper are that it is absorbed by soil and organic material, is ineffective at high pH and is toxic to many non-target organisms.&lt;br /&gt;
 Injection of poisons including copper sulphate using pole spears was found to be locally effective on the Great Barrier Reef to control &lt;em&gt;Acanthaster planci&lt;/em&gt; (Birkeland and Lucus, 1990; Thresher et al., 1999). However, the problem of thousands of toxic rotting seastars on the benthos and the subsequent environmental impacts of the chemicals to the sediments and associated species needs to be addressed.&lt;br /&gt;
 Control of &lt;em&gt;Asterias&lt;/em&gt; spp (&lt;em&gt;A. forbesii &lt;/em&gt;and &lt;em&gt;A. rubens&lt;/em&gt;) by chemical agents such as copper and zinc sulphate or chromium salts did not prove practical, especially around shellfish farms. Only a small number of seastars died and others moved to adjacent areas. Also due to the non-specificity of copper the oysters were effected and accumulation of copper was a concern (Lee 1948; Loosanoff 1961).&lt;br /&gt;
 One problem with using copper sulphate is that stronger solutions react with saline water and form a precipitate (Kerkut and Munday, 1962).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="H9" t="str">
+      <x:c r="H6" t="str">
         <x:v>&lt;p&gt;Unsuccessful.&lt;br /&gt;
 &lt;br /&gt;
 &lt;em&gt;In situ&lt;/em&gt; tests using the commercial algicide Coptrol&amp;reg; examined several methods of applying herbicides to &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;, such as injection into the stipe or midrib, applying a gel formulation, attaching a sponge saturated with active substance to the thallus, and applying compounds inside a bag enclosing the thalli (Sanderson, 1996). However results proved to be labour-intensive and had no appreciable impact.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
-    <x:row r="10">
-[...96 lines deleted...]
-      <x:c r="A13" t="str">
+    <x:row r="7">
+      <x:c r="A7" t="str">
         <x:v>Electrical barriers / electric shock</x:v>
       </x:c>
-      <x:c r="B13" t="str">
+      <x:c r="B7" t="str">
         <x:v>&lt;p&gt;Cathodic protection is a common practice in many Australian ports including Albany, Bunbury, and Fremantle, Western Australia; Portland, Victoria; Botany Bay, New South Wales; and Gladstone and Mackay, Queensland. Hallegraeff et al., (1997) concluded that the success of the electric shock method used to disable toxic phytoplankton cysts (&lt;em&gt;Alexandrium spp.&lt;/em&gt; and &lt;em&gt;Gymnodinium &lt;/em&gt;spp. from Japanese sediments) in ballast water by Montani et al., (1995) was due to the production of chlorine through electrolysis of seawater. As electric shock is an effective and economical method it may be applicable to ships&amp;#39; ballast water as water is pumped into tanks, if a procedure can be developed (Montani et al., 1995).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="C13" t="str">
+      <x:c r="C7" t="str">
         <x:v>&lt;p&gt;Electric shock has been used since the 1960&amp;#39;s in the USSR (Morton 1977 and citations). Until recently, it was not considered feasible because of safety issues, voltage required, length of exposure, and the amount of power required (Claudi and Mackie, 1994). However an experimental 20kV pulse has been shown to suppress zebra mussel settlement by more than 80% in a Mississippi power plant water cooling system. The pulsed power method stuns or kills veligers in the pipe entrance but has no effect on animals upstream of the entrance or downstream from the system discharge (Marshall 1999). &lt;nbsp&gt;No cysts of &lt;em&gt;Gymnodinium &lt;/em&gt;spp., &lt;em&gt;Alexandrium &lt;/em&gt;spp, &lt;em&gt;Chattonella spp.&lt;/em&gt; germinated after exposure to electric shock for 5 seconds (Montani et al., 1995).&lt;nbsp&gt;&amp;nbsp;In order to prevent the migration of &lt;em&gt;Eriocheir sinensis&lt;/em&gt; up rivers in Germany in the 1930-40&amp;#39;s electrical screens were installed on the river bottom and pulses 30-40 times per minute were found to disable and then kill the crabs. (Veldhuizen and Stanish, 1999 and citations therein). &lt;nbsp&gt;An aquatic nuisance species dispersal barrier is being developed for the Chicago Sanitary and Ship Canal, a man-made canal between the Mississippi River and Great Lakes drainages. The project has three phases:&amp;nbsp;Phase 1 will target bottom dwelling species, phase 2 will target actively swimming organisms in the entire water column and phase 3 will address planktonic organisms. Phase 1 will consist of an electric barrier array while phase 2 is the implementation of the full water column electric barrier, dependent upon safety and liability concerns (Moy 1999). &lt;nbsp&gt;Cathodic protection, running a current across submerged metal structures to help deter/control fouling settlement is utilised in many industrial ports on commercial wharves and jetties in the marine environments. &lt;nbsp&gt;Electro-fishing (and detonation cord) is a method of collecting and controlling and collecting fish in freshwater e.g. carp, lampreys, trout and salmon.&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="D13" t="str">
-[...5 lines deleted...]
-      <x:c r="F13" t="str">
+      <x:c r="D7" t="str">
+        <x:v>&lt;p&gt;Electric shock is a non-selective method and populations of rare or endangered species among the target pest species can be severely impacted on by this method. In addition, electric shock is not very successful in saltwater due to the higher ion concentrations and is best used in freshwater.&lt;/p&gt;
+</x:v>
+      </x:c>
+      <x:c r="E7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F7" t="str">
         <x:v>Cathodic protection and electric pulse barriers can also be harmful to humans and care must be taken by divers in these areas.</x:v>
       </x:c>
-      <x:c r="G13" t="str">
-[...4 lines deleted...]
-      <x:c r="H13" t="str">
+      <x:c r="G7" t="str">
+        <x:v>&lt;p&gt;Contrary to popular belief, cathodic protection and trickle feeding of currents have been shown to encourage fouling in many marine systems, not halt it (Eashwar et al., 1995). They are also costly to run for prolonged periods.&lt;/p&gt;
+</x:v>
+      </x:c>
+      <x:c r="H7" t="str">
         <x:v>&lt;p&gt;Effectiveness is not known.&lt;br /&gt;
 &lt;br /&gt;
 The effects of voltaic currents on the early development of some benthic marine algae including &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;and &lt;em&gt;Laminaria&lt;/em&gt; have been trialed by Yabu and Yasui (1991).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
-    <x:row r="14">
-      <x:c r="A14" t="str">
+    <x:row r="8">
+      <x:c r="A8" t="str">
         <x:v>Heated water treatment (baths, spray)</x:v>
       </x:c>
-      <x:c r="B14" t="str">
+      <x:c r="B8" t="str">
         <x:v>&lt;p&gt;Heated water has been shown to kill seastars (Martin 1998 and citations therein), &lt;em&gt;Dreissena polymorpha&lt;/em&gt; (Morton 1977; Claudi and Mackie, 1994; Boelman et al., 1997) and &lt;em&gt;Corbicula fluminea&lt;/em&gt; (Graney et al., 1980; Jenner and Janssen-Mommen, 1993). During the cleanup of crude oil spilt by the Exxon Valdez in 1989 high pressure cleaning using hot (60&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C+) and warm water (30-60 &lt;sup&gt;o&lt;/sup&gt;C) was used on intertidal and subtidal regions (Mearns 1996). Studies of the intertidal biota before and after treatment showed that as much as 90% of the marine life that survived the oiling could have been killed through thermal shock or displaced by high pressure-hot water washing. (Driskell et al., 1996; Houghton et al., 1996; Lees et al., 1996). In addition, elevated temperatures has been shown to affect reproductive success of mussels (eg. &lt;i&gt;Arcuatula&amp;nbsp;&lt;/i&gt;&lt;em&gt;senhousia &lt;/em&gt;and &lt;em&gt;Limnoperna&lt;/em&gt; &lt;em&gt;fortunei kikuchi &lt;/em&gt;(re-identified as &lt;em&gt;Xenostrobus securis&lt;/em&gt;, native to Australia; Morton 1996) in Japan.&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="C14" t="str">
+      <x:c r="C8" t="str">
         <x:v>&lt;p&gt;Seastars (&lt;em&gt;Asterias&lt;/em&gt; &lt;em&gt;forbesi&lt;/em&gt;) collected by trawled mops are killed by immersion in troughs of hot water (Lee 1948). While steam treatment (~100&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C) of &lt;em&gt;Spartina &lt;/em&gt;spp has been used in New Zealand with relative success. &lt;nbsp&gt;Heat treatment as an application to treat ships&amp;#39;&amp;nbsp;ballast water was found effective in destroying &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;zoospores and phytoplankton cells and cysts eg. &lt;em&gt;Gymnodinium catenatum&lt;/em&gt;&amp;nbsp;(Montani et al., 1995; Bolch and Hallegraeff, 1993; Hallegraeff et al., 1997; Oemcke 1999; Rigby et al., 1999; Mountfort et al., 1999a). A short (30-90 second) heat treatment of dinoflagellate cysts at temperatures as low as 40-45 &lt;sup&gt;o&lt;/sup&gt;C may provide an effective, environmentally friendly solution to the global ballast water problem (Bolch and Hallegraeff, 1993). &lt;nbsp&gt;Thermal shock (flushing with hot water) is used in some power plants. Power plant cooling water picks up heat from the condenser and is usually discharged. By recirculating the heated effluent through the precondser sections the water flowing through the conduits may maintain a sufficient temperature to kill the organisms growing inside (Rajagopal et al., 1994). Heat treatment has been used to control&amp;nbsp;&lt;em&gt;Mytilus edulis&lt;/em&gt; in temperate areas and &lt;em&gt;Perna viridis&lt;/em&gt; in tropical areas (Fox and Coheren, 1957; Rajagopal et al., 1994) and &lt;em&gt;Dreissena polymorpha&lt;/em&gt; in freshwater (Morton 1977; Barrett-O&amp;#39;Leary 1995; Boelman et al., 1997; Harrington et al., 1997). Younger mussels are killed in less time period than adults. One practical aspect is that during peak settling periods young mussels can be easily killed by comparatively shorter exposure to elevated temperatures (Rajagopal et al., 1994). Usually twice a year, heated water is pumped through water-intakes to kill newly recruited zebra mussels. Some industrial plants also permanently heat flow-through water to temperatures greater than the thermal tolerance of the species (eg. Murray Station, Barrett-O&amp;#39;Leary 1995).&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="D14" t="str">
-[...2 lines deleted...]
-      <x:c r="E14" t="str">
+      <x:c r="D8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E8" t="str">
         <x:v>&lt;p&gt;A combination of lower heat and chemicals can reduce costs. A combination of heat and chemical oxidants (chlorine or ozone) allows lower temperatures (30&amp;deg;C) to be used and reducing heating costs (Harrington et al., 1997).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="F14" t="str">
-[...2 lines deleted...]
-      <x:c r="G14" t="str">
+      <x:c r="F8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="G8" t="str">
         <x:v>&lt;p&gt;Heat treatment may be an effective method for controlling mussel fouling in power plants, provided that such treatment is compatible with plant design (Ricciardi 1998),&amp;nbsp;but would prove difficult to implement in open marine conditions unless fouled habitats can be isolated eg. Wharf pylons.&lt;br /&gt;
 Heat treatment (baths, spray) is likely to be ineffective for thick-walled organisms such as oysters (&lt;em&gt;Crassostrea gigas&lt;/em&gt;); exposure to 70&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C water for 40 seconds did not raise the core temperature of the oysters above 24&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C but killed associated boring spionid polychaetes (Nel et al., 1999). However, even though &lt;em&gt;C. gigas&lt;/em&gt; has a high thermal tolerance, experiments by Rajagopal et al., (2005) showed that exposure to 42 &lt;sup&gt;o&lt;/sup&gt;C for more than one hour results in 100% mortality for &lt;em&gt;C. gigas&lt;/em&gt;.&lt;br /&gt;
 Gametophytes of &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;can survive temperatures of 30 &lt;sup&gt;o&lt;/sup&gt;C for up to 10-40 days (Kim and Nam, 1997),&amp;nbsp;and thus high temperature water treatment is needed for cleaning vessel hulls and this must penetrate into the crevices and other openings where gametophytes may otherwise survive (Wallentinus 1999a).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="H14" t="str">
+      <x:c r="H8" t="str">
         <x:v>&lt;p&gt;Limited success.&lt;br /&gt;
 &lt;br /&gt;
 Heat treatment as an application to treat ships&amp;#39; ballast water was found effective in destroying &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;zoospores (Mountfort et al., 1999a). Gametophytes of &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;can survive temperatures of 30 &amp;deg;C for up to 10-40 days (Kim and Nam, 1997), and thus high temperature water treatment is needed for cleaning vessel hulls and this must penetrate into the crevices and other openings where gametophytes may otherwise survive (Wallentinus, 1999a). Heat treatment was used in New Zealand to remove &lt;em&gt;U. pinnatifida &lt;/em&gt;from the hull of a sunken trawler (Wotton et al., 2004).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
-    <x:row r="15">
-      <x:c r="A15" t="str">
+    <x:row r="9">
+      <x:c r="A9" t="str">
         <x:v>Light treatment - UV radiation and blue light</x:v>
       </x:c>
-      <x:c r="B15" t="str">
+      <x:c r="B9" t="str">
         <x:v>&lt;p&gt;Ultraviolet radiation has been trialed to kill organisms in ballast water, to disinfect aquaculture facilities, and fouling species in water conduits. The use of blue light to induce gametogenesis, followed by collection of the plants over an extended period has been suggested as a method to trigger enhanced growth of &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;sporophytes from the gametophyte reservoir. (J. Bite VUT, Victoria; pers. comm.).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="C15" t="str">
+      <x:c r="C9" t="str">
         <x:v>&lt;p&gt;Ultra violet radiation has been trialed as a treatment option for ballast water to disable toxic algal cysts and vegetative cells (Montani et al., 1995; Morgan et al., 1999). &lt;nbsp&gt;Experimentation has found that all wavelengths of UV-B radiation are effective in killing both veliger and post-veliger larvae of &lt;em&gt;Dreissena polymorpha&lt;/em&gt; and preventing their settlement. Adult mussels were more resistant but could be killed with longer exposure. The use of UV radiation was considered preferable to chemical control because it was neither polluting nor labour intensive (Chalker-Scott and Scott, 1998). &lt;nbsp&gt;While chlorination has long been used in the aquaculture industry to disinfect oysters and other shellfish from potentially contaminated, bacterially infected waters,&amp;nbsp;these days ultraviolet radiation is more frequently used in shellfish depuration facilities (Scott et al., 1982).&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="D15" t="str">
-[...8 lines deleted...]
-      <x:c r="G15" t="str">
+      <x:c r="D9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="G9" t="str">
         <x:v>&lt;p&gt;The use of UV radiation to kill planktonic organisms is currently too costly for widespread use given the current deployment methods. Ongoing research is aimed at the development and installation of an UV treatment unit for water conduits (Chalker-Scott and Scott, 1998).&lt;br /&gt;
 Blue light also triggers gametogenesis in other &lt;em&gt;Laminariales&lt;/em&gt; (Luning 1980) besides &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;, including the co-occurring species &lt;em&gt;Macrocystis pyrifera&lt;/em&gt; and &lt;em&gt;Ecklonia radiata&lt;/em&gt;,&amp;nbsp;and the critical blue light quantum dose for gametogenesis of &lt;em&gt;U. pinnatifida&lt;/em&gt; is higher than that of other kelps (Stuart 1997).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="H15" t="str">
+      <x:c r="H9" t="str">
         <x:v>&lt;p&gt;Effectiveness is not known.&lt;br /&gt;
 &lt;br /&gt;
 The use of blue light to induce gametogenesis, followed by collection of the plants over an extended period has been suggested as a method to trigger enhanced growth of &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;sporophytes from the gametophyte reservoir (J. Bite VUT, Victoria; pers. comm.).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
-    <x:row r="16">
-      <x:c r="A16" t="str">
+    <x:row r="10">
+      <x:c r="A10" t="str">
         <x:v>Lime</x:v>
       </x:c>
-      <x:c r="B16" t="str">
+      <x:c r="B10" t="str">
         <x:v>&lt;p&gt;Lime has been used in several different forms as a control including slaked lime, quick lime and Limil in powdered or granular forms and hydrated lime solutions. Mitchell Limil is used in mortar, plaster, cement and other building and paving materials.&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="C16" t="str">
+      <x:c r="C10" t="str">
         <x:v>&lt;p&gt;Hydrated lime solutions have been trialed to kill &lt;em&gt;Crassostrea gigas&lt;/em&gt; and &lt;em&gt;Codium fragile ssp.&lt;/em&gt; tomentosoides. &lt;nbsp&gt;Slake lime (powdered form) has been used to control fish, macroalgae, seastars and crustaceans. &lt;nbsp&gt;Quicklime (Calcium oxide) is mostly insoluble and has been deployed in porous as a barrier control around commercial oyster farms to control:&amp;nbsp;&lt;em&gt;Asterias&lt;/em&gt; spp (&lt;em&gt;A. amurensis&lt;/em&gt;, &lt;em&gt;A. forbesi&lt;/em&gt; and A. vulgaris), oyster drills (Urosalpinx and Eupleura) and other fouling species since the turn of the century and is still used in Korea, Canada and the US (MacKenzie 1977). Trials of the broadcast application of quicklime found the key to success is the dispersal of a relatively uniform layer of the lime over extensive areas. Due to the insolubility of quicklime only a small quantity in powdered or granular form is sufficient to cover a large area (Loosanoff 1961). &lt;/nbsp&gt;&lt;/nbsp&gt;&lt;nbsp&gt;&lt;nbsp&gt;&lt;nbsp&gt;Repeated applications of quicklime on an oyster bed at weekly intervals for 5 weeks of June-July in the USA kept the upper side of the oysters clean of fouling organisms and provided a favourable surface for settlement of oyster larvae&amp;nbsp;(MacKenzie 1977).&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="D16" t="str">
+      <x:c r="D10" t="str">
         <x:v>&lt;p&gt;The adverse effects to the environment and human health present a deterrent to the use of quicklime (although these have not been fully explored). While quicklime has only slight effects on molluscs (oysters, clams) (Loosanoff and Engle, 1942) it has severe effects on crabs.&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="E16" t="str">
+      <x:c r="E10" t="str">
         <x:v>In Connecticut, USA quicklime was spread at a rate of 6.75 metric tons/hectare (&lt;6m depth) on dormant oyster beds to kill fouling species (MacKenzie 1977).</x:v>
       </x:c>
-      <x:c r="F16" t="str">
+      <x:c r="F10" t="str">
         <x:v>Hazardous according to Worksafe Australia criteria (NOHSC).</x:v>
       </x:c>
-      <x:c r="G16" t="str">
+      <x:c r="G10" t="str">
         <x:v>&lt;p&gt;The alga &lt;em&gt;Codium fragile spp tomentosoides&lt;/em&gt; was very difficult to eradicate using hydrated lime solutions and it took a long time to assess their efficacy (MacNair and Smith, 1999).&lt;br /&gt;
 Debates over the persistence of lime in the environment, probably due to different formulations used. As follows: the lime can dissolve in about 48 hours leaving no residue (C. MacKenzie, NEFC, NMFS, US; pers. comm.). However, in field trials, lime remained effective for several weeks after deposition, but at a much reduced kill rate. However, C.L. Goggin, CRIMP; unpublished data in Thresher et al., (1998), reports that seastars must be in contact with the lime for lengthy periods (&amp;gt;5 hours) in order for it to be effective,&amp;nbsp;and in a relatively two dimensional habitat where they are unable to evade the lime (Thresher et al. 1998).&lt;br /&gt;
 The use of chemicals to control the seastar is unlikely to be acceptable to the Australian public. There is little public support for the broadcast application of quicklime to kill seastars despite the ease in obtaining suitable quantities due to its industrial uses and relatively cheap costs.&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="H16" t="str">
+      <x:c r="H10" t="str">
         <x:v>&lt;p&gt;Unsuccessful.&lt;br /&gt;
 In situ tests, tried several methods of applying lime to &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;, such as: injection into the stipe or midrib, applying a gel formulation, attaching a sponge saturated with active substance to the thallus, and applying compounds inside a bag enclosing the thalli (Sanderson, 1996). However the methods proved to be labour-intensive and had no appreciable impact.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
-    <x:row r="17">
-      <x:c r="A17" t="str">
+    <x:row r="11">
+      <x:c r="A11" t="str">
         <x:v>Manual removal (diver collection)</x:v>
       </x:c>
-      <x:c r="B17" t="str">
+      <x:c r="B11" t="str">
         <x:v>&lt;p&gt;Diver collection of pest species may be possible if an incursion is detected while small in size (area and abundance) and before reproduction occurs (especially in species with planktonic larval stages).&lt;br /&gt;
-Permits are required to remove anything from marine protected areas (even introduced species). Contact your state/territory authorities for more information.&lt;/p&gt;
-[...12 lines deleted...]
-      <x:c r="F17" t="str">
+Permits are required to remove anything from marine protected areas, even introduced species.&amp;nbsp;&lt;/p&gt;
+</x:v>
+      </x:c>
+      <x:c r="C11" t="str">
+        <x:v>&lt;p&gt;The advantages of manual removal are selectivity for the target pest and limited damage to non‑target species. However, as it requires visual detection its not practical in turbid waters. Manual removal is of greatest utility when incursions are small and spatially confined or when they are in sensitive environments (such as marine reserves or areas of high biodiversity value).&lt;/p&gt;
+</x:v>
+      </x:c>
+      <x:c r="D11" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E11" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F11" t="str">
         <x:v>&lt;p&gt;Diver control is not cost effective at depths greater than 12 metres because of diving restrictions due to surface intervals required (Andrews et al., 1996).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="G17" t="str">
+      <x:c r="G11" t="str">
         <x:v>&lt;p&gt;Physical removal by divers is effective only as a tactical control useful, in small areas and it is not logistically possible for infestations extending over large areas,&amp;nbsp;but could be useful around marine farms, marine reserves or areas of new incursions.&amp;nbsp;Requires ongoing monitoring and to be repeated as necessary, especially if the source of the introduction can not be found or controlled, which can rapidly become costly.&lt;br /&gt;
-Care and diver education is of primary importance in this program because of the presence of similar-looking native species. eg. &lt;em&gt;Sabellastarte spp.&lt;/em&gt; cf. &lt;em&gt;Sabella spallanzanii&lt;/em&gt; or &lt;em&gt;C. fragile ssp.&lt;/em&gt; tomentosoides can not be distinguished from native subspecies without microscopic examination. Small recruits of target species are likely to be overseen due to difficulties in finding, identifying, and actually removing. Care is required during physical removal to not trigger spawning or spread reproductive propagules or fragments, precautions such as placing removed specimens in sealed plastic bags rather than mesh catch bags would need to be taken. The main concern associated with manual removal of macroalgae is that some species are to reproduce asexually from fragments, others can regrow from holdfast attachments and others have cryptic microscopic lifestages that are difficult to target. Additionally, detached thalli with mature propagules, may contribute to enhanced translocation of these species.&lt;br /&gt;
-[...3 lines deleted...]
-      <x:c r="H17" t="str">
+Care and diver education is of primary importance in this program because of the presence of similar-looking native species. Care is required during physical removal to not trigger spawning or spread reproductive propagules or fragments, precautions such as placing removed specimens in sealed plastic bags rather than mesh catch bags would need to be taken. The main concern associated with manual removal of macroalgae is that some species are to reproduce asexually from fragments, others can regrow from holdfast attachments and others have cryptic microscopic lifestages that are difficult to target. Additionally, detached thalli with mature propagules, may contribute to enhanced translocation of these species.&lt;br /&gt;
+&amp;nbsp;&lt;/p&gt;
+</x:v>
+      </x:c>
+      <x:c r="H11" t="str">
         <x:v>&lt;p&gt;Unsuccessful.&lt;br /&gt;
 &lt;br /&gt;
 Manual removal of &lt;em&gt;U.&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;by scuba divers has been attempted at: the Tinderbox Marine Reserve, Tasmania (B. Schaffelke, CRIMP; pers. Obs.); Port Phillip Bay, Victoria (S. Campbell, EPA Victoria; pers. Comm.); and Big Glory Bay and Bluff Harbour in New Zealand (M. Stuart, DOC New Zealand; pers. Comm). In Tasmania and Victoria, eradication of &lt;em&gt;U.&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;was not achieved. However, the removal at Tinderbox resulted in a significant reduction in sporophyte abundance in removal transects compared to untreated control transects (Hewitt et al., 2005). The ongoing eradication program in New Zealand concentrated on removing &lt;em&gt;U.&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;from defined areas of high value or intense vessel traffic (Stuart, 2000). The program included vessel monitoring, clearing and an assessment of the costs and benefits of the total effort. While sporophyte numbers were notably reduced, eradication was not achieved (Hunt et al., 2009). The program was ceased in 2004 when it was no longer justifiable (Hunt et al., 2009)&lt;/p&gt;
 &lt;p&gt;&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;Preliminary data on manual eradication in Giudecca, Italy at different times of the year, showed quick recolonisation of the area, and in one year was not successful either (Curiel et al., 1998). The main concerns associated with manual and mechanical removal techniques for macroalgae are that &lt;em&gt;U. pinnatifida &lt;/em&gt;has: microscopic life stages that are cryptic and difficult to target, and thalli with mature propagules which may become detached by control techniques, contributing to enhanced translocation of the species (Sliwa, 1999).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
-    <x:row r="18">
-      <x:c r="A18" t="str">
+    <x:row r="12">
+      <x:c r="A12" t="str">
         <x:v>Mechanical harvesting /cleaning</x:v>
       </x:c>
-      <x:c r="B18" t="str">
-[...3 lines deleted...]
-      <x:c r="C18" t="str">
+      <x:c r="B12" t="str">
+        <x:v>&lt;p&gt;Mechanical removal entails use of machinery to directly remove the target species and may involve techniques such as dredging or trawling. Harvesting machines have been used in the intertidal and subtidal to collect plant and algae.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+</x:v>
+      </x:c>
+      <x:c r="C12" t="str">
         <x:v>&lt;p&gt;Spartina rhizomes and roots grow to a depth of three metres and eradication attempts have included physical removal. Mechanical excavation may be effective in areas where suitable access is permitted (and substrate is stable enough). In the UK, physical disturbance was investigated as a possible control method. This involved disturbance of the sediments by a lightweight tracked vehicle until the Spartina clumps were dislodged and buried with the sediment. There was no evidence of impacts to the infauna and the method was thought to be an appropriate for Spartina control in tidal flats (Frid et al., 1999). Preliminary experiments using mowing as a control method for &lt;em&gt;Spartina anglica&lt;/em&gt; and &lt;em&gt;S. alternifolia&lt;/em&gt; using sickle bar mowers or weed eaters in Washington, USA had variable success depending of the time of year (Bentler 1998). Mechanical harvesters and hydraulic excavators are used in freshwaters to control excessive macrophyte growth (RGAG 1998; Faithful, 2000) but are less successful in removing macroalgae in the marine environment.&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="D18" t="str">
-[...5 lines deleted...]
-      <x:c r="F18" t="str">
+      <x:c r="D12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F12" t="str">
         <x:v>There are dangers associated with working on unstable intertidal sediments such as getting bogged in soft spots (both people and vehicles) with an added  risk on inundation.</x:v>
       </x:c>
-      <x:c r="G18" t="str">
-        <x:v>&lt;p&gt;Mechanical removal techniques may cause substantial damage to non-target species and habitats. They are also difficult to implement as most infestations occur in shallow water or on soft sediments in the intertidal, where access can be limited. Working in the intertidal zone is complicated by periodic inundation by the tides and care must be taken not to get people or vehicles bogged in unconsolidated sediments. Mechanical techniques are less targeted than manual removal and are more likely to result in fragmentation of macroalgae and hence increased dispersal of the target species (eg. &lt;em&gt;S. muticum&lt;/em&gt;; Critchley et al., 1986).&lt;br /&gt;
+      <x:c r="G12" t="str">
+        <x:v>&lt;p&gt;Mechanical removal techniques may cause substantial damage to non-target species and habitats. They are also difficult to implement as most infestations occur in shallow water or on soft sediments in the intertidal, where access can be limited. Working in the intertidal zone is complicated by periodic inundation by the tides and care must be taken not to get people or vehicles bogged in unconsolidated sediments. Mechanical techniques are less targeted than manual removal and are more likely to result in fragmentation of macroalgae and hence increased dispersal of the target species (Critchley et al., 1986).&lt;br /&gt;
 Shore-based mechanical harvesting can be time-consuming, labour-intensive, and generally needs to be repeated (Critchley et al., 1986). The use of machinery lacks species-specificity and can cause considerable ecological damage.&lt;br /&gt;
 The main concern associated with manual and mechanical removal techniques for macroalgae is that some species are to reproduce asexually from fragments&amp;nbsp;(&lt;em&gt;Caulerpa taxifolia&lt;/em&gt;: Ceccherelli and Cinelli, 1999, Smith and Walters, 1999; &lt;em&gt;Codium fragile ssp.&lt;/em&gt; tomentosoides: Trowbridge 1999). while others can regrow from holdfast attachments if not removed completely (&lt;em&gt;Codium fragile ssp.&lt;/em&gt; tomentosoides, &lt;em&gt;Sargassum muticum&lt;/em&gt; and &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;) (Cottalorda et al., 1996, Trowbridge 1999; Thibaut 2000). Other species have microscopic lifestages that are cryptic and difficult to target (&lt;em&gt;C. fragile ssp.&lt;/em&gt; tomentosoides and &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;). Additionally, thalli with mature propagules, which may become detached by control techniques, may contribute to enhanced translocation of these species&amp;nbsp;(Wassmann and Ramus, 1973 for &lt;em&gt;C. fragile ssp.&lt;/em&gt; tomentosoides; Paula and Eston, 1987 for Sargassum species; Sliwa 1999 for &lt;em&gt;U. pinnatifida&lt;/em&gt;).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="H18" t="str">
+      <x:c r="H12" t="str">
         <x:v>&lt;p&gt;Unsuccessful.&lt;br /&gt;
 &lt;br /&gt;
 &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;is commercially harvested as food (as the sea vegetable &amp;rsquo;Wakame&amp;rsquo;) and harvesting equipment may be available in Japan, Korea or France (Hay and Luckens, 1987; Boudouresque et al., 1996). Mechanical harvest would likely lead to fragmentation of harvested sporophytes or to residual stipes with fertile sporophylls, both of which are likely to increase dispersal. In addition, commercial harvesting would not normally deplete a population below economically sustainable levels. When harvested for human food, in general only large thalli of healthy appearance are selected, other individuals are left in place. &lt;em&gt;Undaria&lt;/em&gt; spread along the French coastline after it escaped cultivation attempts (Floc&amp;rsquo;h et al., 1991). The main concern associated with manual and mechanical removal techniques for macroalgae is that it can regrow from holdfast attachments if not removed completely (Cottalorda et al., 1996; Trowbridge, 1999; Thibaut, 2000). &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;also has microscopic lifestages that are cryptic and difficult to target. Thalli with mature propagules, which may become detached by control techniques, may contribute to enhanced translocation of the species (Sliwa, 1999).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
-    <x:row r="19">
-      <x:c r="A19" t="str">
+    <x:row r="13">
+      <x:c r="A13" t="str">
         <x:v>Oxygen deprivation</x:v>
       </x:c>
-      <x:c r="B19" t="str">
+      <x:c r="B13" t="str">
         <x:v>&lt;p&gt;Deoxgenation is a non-specific strategy reliant on the oxygen tolerances of the targeted species. It can only easily occur in restricted areas such as water conduits. Conversely, enriching oxygen levels by destratification of the water column through vertical convection, aeration or pumping can inhibit growth of toxic phytoplankton as they require calm stratified and/or warmer water&amp;nbsp;(Berdalet and Estrada, 1993; Gross and Enevoldsen, 1998; Whyte 1999). Ozone injection had been trialed as a method of controlling fouling of &lt;em&gt;Dreissena polymorpha&lt;/em&gt; in water conduits (Boelman et al., 1997).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="C19" t="str">
+      <x:c r="C13" t="str">
         <x:v>&lt;p&gt;Oxygen deprivation has been trialed as a treatment in ballast tanks. The effects of nitrogen, sulphide and glucose in killing larvae of the New Zealand seastar &lt;em&gt;Coscinasterias calamaria&lt;/em&gt; and zoospores of &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;through oxygen depletion (Mountfort et al., 1999b). &lt;nbsp&gt;Oxygen deficiency (eg. one of parallel pipelines closed for 3-4 weeks) killed barnacles &lt;em&gt;Balanus improvisus&lt;/em&gt; in a Finnish study of fouling in water conduits (Vuorinen et al., 1983 (in Finnish) as cited in Leppakoski 1999).&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="D19" t="str">
-[...2 lines deleted...]
-      <x:c r="E19" t="str">
+      <x:c r="D13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E13" t="str">
         <x:v>&lt;p&gt;The lethal oxygen depletion threshold achieving 99.9% kill larvae was 2.3mg O&lt;sub&gt;2&lt;/sub&gt;/l and zoospores 10 minutes and 2.8mg/l (Mountfort et al., 1999b).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="F19" t="str">
-[...2 lines deleted...]
-      <x:c r="G19" t="str">
+      <x:c r="F13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="G13" t="str">
         <x:v>&lt;p&gt;Many of the introduced bivalves (eg. &lt;em&gt;Mytilopsis&lt;/em&gt; sallei, &lt;em&gt;Corbula gibba&lt;/em&gt;, &lt;em&gt;Potamocorbula amurensis&lt;/em&gt;) have high tolerances to low oxygen as they can live in polluted or eutrophic areas. and hence low oxygen is unlikely to be successful unless hypoxic conditions can be maintained for a long time. For example, &lt;em&gt;Corbula gibba&lt;/em&gt; is able to withstand almost anoxic conditions (0.18-0.37mg oxygen/l; Christensen 1970) while &lt;em&gt;Carcinus maenas&lt;/em&gt; can tolerate and continue to feed at 1-1.5mg oxygen/l (Legeay and Massabuau, 2000). Hypoxia (PO&lt;sub&gt;2&lt;/sub&gt; &amp;lt;3% of full air saturation) tolerance of &lt;em&gt;Dreissena polymorpha&lt;/em&gt; increases significantly with declining temperature (3-4 days at 25&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C; 38-42 days at 5&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C), with larger mussels more tolerant than smaller individuals. &lt;em&gt;Corbicula fluminea&lt;/em&gt; were 2-7 times more tolerant to hypoxia than &lt;em&gt;D. polymorpha&lt;/em&gt; surviving a mean of 11.8 and 35.1 days at 25&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C and 15&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C respectively and without mortality for 84 days at 5&amp;nbsp;&lt;sup&gt;o&lt;/sup&gt;C.&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="H19" t="str">
+      <x:c r="H13" t="str">
         <x:v>&lt;p&gt;Successful.&lt;br /&gt;
 &lt;br /&gt;
 Bubbling nitrogen gas through suspensions of seawater (flow rate 1cm&lt;sup&gt;3&lt;/sup&gt; sec&lt;sup&gt;-1&lt;/sup&gt;) reduced the initial oxygen level from ~7mg/l to &amp;lt;2mg oxygen/l. Based on this method the lethal oxygen depletion threshold achieving 99.9% kill for zoospores is 10 minutes and 2.8mg/l (Mountfort et al., 1999).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
-    <x:row r="20">
-      <x:c r="A20" t="str">
+    <x:row r="14">
+      <x:c r="A14" t="str">
         <x:v>Smothering (+/- chemicals)</x:v>
       </x:c>
-      <x:c r="B20" t="str">
+      <x:c r="B14" t="str">
         <x:v>&lt;p&gt;Smothering, covering with dredge spoil or light resistant materials such as black plastic (poly vinyl chloride (more durable and stronger) or polyethylene (breaks down eventually) and weed matting have been used in both the intertidal and subtidal.&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="C20" t="str">
+      <x:c r="C14" t="str">
         <x:v>&lt;p&gt;Smothering kills plants by inhibiting photosynthesis and in addition in the intertidal areas raised temperatures result in cooking of the plants by solarisation. This has been used successfully in field experiments to control rice grass (&lt;em&gt;Spartina &lt;/em&gt;spp) (RGAG 1998; Faithful, 2000; Kriwoken and Hedge, 2000). &lt;nbsp&gt;Physical barriers such as plastic wraps, tapes or concrete placed around timber pylon extend the service life of the pylon to that of steel and concrete pylons. These barriers kill marine borers, including &lt;em&gt;Sphaeroma&lt;/em&gt;, by preventing fresh oxygenated water from coming in contact with the pylon (Cookson 1986). &lt;nbsp&gt;Studies in the USA found that oyster drilling gastropods (Urosalpinx) buried under a comparatively thin layer of bottom sediments cannot emerge and die. They also found that starfish (&lt;em&gt;Asterias&lt;/em&gt; forbesi) covered by a layer of mud or sand are also unable to escape and soon disintegrate and die (Loosanoff 1961).&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="D20" t="str">
+      <x:c r="D14" t="str">
         <x:v>Toxicity to environment of breakdown products of degrading of some types of plastic.</x:v>
       </x:c>
-      <x:c r="E20" t="str">
-[...2 lines deleted...]
-      <x:c r="F20" t="str">
+      <x:c r="E14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F14" t="str">
         <x:v>The deployment of matting for smothering can be complicated by water movement and irregularities in the substrate. If deployed by divers the divers are  limited by depth and time.</x:v>
       </x:c>
-      <x:c r="G20" t="str">
+      <x:c r="G14" t="str">
         <x:v>&lt;p&gt;The success of smothering with black plastic is dependent on a number of factors including;&amp;nbsp;the size of the area, exposure (there are difficulties in anchoring the plastic to the substrate in exposed areas) and&amp;nbsp;maintaining the smothering for a prolonged period.&lt;br /&gt;
 Smothering of &lt;em&gt;Spartina spp.&lt;/em&gt; intertidally requires an extended period (up to 6 months) and kills all plant species (non-selective). Hence, physical removal and smothering although relatively effective, is time consuming and labour intensive and limited to small areas (&amp;lt;1 hectare) (Kriwoken and Hedge, 2000).&lt;br /&gt;
 The effects of burial in mud on &lt;em&gt;Sargassum muticum&lt;/em&gt; found that the macroalga was far more resistant to burial and decayed more slowly than another macroalgal species, &lt;em&gt;Laminaria&lt;/em&gt; digitata. It was suggested that burial initiated some self-protective response from the plant (Morrell and Farnham, 1982).&lt;br /&gt;
 Control programs involving physical burial of invasive macroalgae with sediments would have to be carefully designed&amp;nbsp;because of the potential to cause significant environmental damage and improve the habitat for settlement and expansion of other introduced species. In Japan, blanket blasting and deposition of stones on the sea floor are techniques used to increase the substrate surface area and hence increase the crop of &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt; (Tseng 1981).&lt;/p&gt;
 </x:v>
       </x:c>
-      <x:c r="H20" t="str">
+      <x:c r="H14" t="str">
         <x:v>&lt;p&gt;Not recommended.&lt;br /&gt;
 In Japan, blanket blasting and deposition of stones on the sea floor are techniques used to increase the substrate surface area and hence increase the crop of &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida &lt;/em&gt;(Tseng, 1981).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Vegetative cell</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Resting cyst </x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Planomeiocyte </x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Larvae </x:v>
       </x:c>
@@ -983,51 +795,51 @@
       </x:c>
       <x:c r="B3" t="str">
         <x:v>https://doi.org/10.1051/alr:1990021</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>&lt;p&gt;Bite, JS 2001, 'The ecology and demography of the introduced macroalga &lt;em&gt;Undaria pinnatifida&lt;/em&gt; (Harvey) Suringar in Port Phillip Bay, Victoria, Australia', Victoria University of Technology, Melbourne, Victoria, Australia.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>&lt;p&gt;Bloch L. Y. 2014. Invasive Species of the Pacific Northwest: Wakame, &lt;em&gt;Undaria pinnatifida&lt;/em&gt;, Sea mustard, Japanese Kelp. Washington University FISH 423 Fall: Olden&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>http://depts.washington.edu/oldenlab/wordpress/wp-content/uploads/2015/09/Unidaria_pinnatifida_Bloch_2014.pdf</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
-        <x:v>&lt;p&gt;Bloomfield, N., Summerson, R. and Arthur, T. (2021). Updating the Species Temperature Tolerances used in the Species Range Mapping Method and Incorporating Known Species Distributions. Canberra, ABARES: 87.&lt;/p&gt;
+        <x:v>&lt;p&gt;Bloomfield, N., Summerson, R. and Arthur, T. 2021. Updating the Species Temperature Tolerances used in the Species Range Mapping Method and Incorporating Known Species Distributions. Canberra, ABARES: 87.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>&lt;p&gt;Bollen, M, Battershill, CA, Pilditch, CA and Bischof, K 2017, ‘Desiccation tolerance of different life stages of the invasive marine kelp &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;: Potential for overland transport as invasion vector’, &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt;, vol. 496, pp. 1-8.&amp;nbsp;DOI: 10.1016/j.jembe.2017.07.005&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>&lt;p&gt;Bott NJ, Giblot-Ducray D, Deveney MR (2010) Molecular tools for detection of marine pests: Development of putative diagnostic PCR assays for the detection of significant marine pests: Asterias amurensis, Carcinus maenas, Undaria pinnatifida and Ciona intestinalis. South Australian Research and Development Institute (Aquatic Sciences), SARDI Publication No. F2010/000669-1. SARDI Research Report Series No. 509, Adelaide.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9">
@@ -2896,132 +2708,161 @@
       </x:c>
       <x:c r="C32" t="str">
         <x:v>01/08/2022</x:v>
       </x:c>
       <x:c r="D32" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="E32" t="str">
         <x:v>Visual</x:v>
       </x:c>
       <x:c r="F32" t="str">
         <x:v>Tasmania</x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v>-40.7629</x:v>
       </x:c>
       <x:c r="H32" t="str">
         <x:v>145.3115</x:v>
       </x:c>
       <x:c r="I32" t="str">
         <x:v>Stanley Extension</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="str">
-        <x:v>WakameStanley2022_1</x:v>
+        <x:v>Stanley 2023</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>TAS NRE</x:v>
+        <x:v>Tas NRE</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>12/09/2022</x:v>
+        <x:v>15/08/2024</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>Active</x:v>
+        <x:v>Passive</x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>Anthonys Beach, IMAS</x:v>
+        <x:v>Public sighting</x:v>
       </x:c>
       <x:c r="F33" t="str">
         <x:v>Tasmania</x:v>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>-40.8511</x:v>
+        <x:v>-40.7445</x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>145.3464</x:v>
+        <x:v>145.2598</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>Anthonys Beach</x:v>
+        <x:v>Stanley Tasmania</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="str">
-        <x:v>WakameStanley2022_test</x:v>
+        <x:v>WakameStanley2022_1</x:v>
       </x:c>
       <x:c r="B34" t="str">
         <x:v>TAS NRE</x:v>
       </x:c>
       <x:c r="C34" t="str">
         <x:v>12/09/2022</x:v>
       </x:c>
       <x:c r="D34" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="E34" t="str">
         <x:v>Anthonys Beach, IMAS</x:v>
       </x:c>
       <x:c r="F34" t="str">
         <x:v>Tasmania</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v>-40.8511</x:v>
       </x:c>
       <x:c r="H34" t="str">
         <x:v>145.3464</x:v>
       </x:c>
       <x:c r="I34" t="str">
         <x:v>Anthonys Beach</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str">
+        <x:v>WakameStanley2022_test</x:v>
+      </x:c>
+      <x:c r="B35" t="str">
+        <x:v>TAS NRE</x:v>
+      </x:c>
+      <x:c r="C35" t="str">
+        <x:v>12/09/2022</x:v>
+      </x:c>
+      <x:c r="D35" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="E35" t="str">
+        <x:v>Anthonys Beach, IMAS</x:v>
+      </x:c>
+      <x:c r="F35" t="str">
+        <x:v>Tasmania</x:v>
+      </x:c>
+      <x:c r="G35" t="str">
+        <x:v>-40.8511</x:v>
+      </x:c>
+      <x:c r="H35" t="str">
+        <x:v>145.3464</x:v>
+      </x:c>
+      <x:c r="I35" t="str">
+        <x:v>Anthonys Beach</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36">
+      <x:c r="A36" t="str">
         <x:v>MPSC24_VIC_Westernport</x:v>
       </x:c>
-      <x:c r="B35" t="str">
-[...2 lines deleted...]
-      <x:c r="C35" t="str">
+      <x:c r="B36" t="str">
+        <x:v>VIC DPI</x:v>
+      </x:c>
+      <x:c r="C36" t="str">
         <x:v>07/09/2022</x:v>
       </x:c>
-      <x:c r="D35" t="str">
+      <x:c r="D36" t="str">
         <x:v>Passive</x:v>
       </x:c>
-      <x:c r="E35" t="str">
+      <x:c r="E36" t="str">
         <x:v>walk</x:v>
       </x:c>
-      <x:c r="F35" t="str">
+      <x:c r="F36" t="str">
         <x:v>Victoria</x:v>
       </x:c>
-      <x:c r="G35" t="str">
+      <x:c r="G36" t="str">
         <x:v>-38.3125</x:v>
       </x:c>
-      <x:c r="H35" t="str">
+      <x:c r="H36" t="str">
         <x:v>145.2001</x:v>
       </x:c>
-      <x:c r="I35" t="str">
+      <x:c r="I36" t="str">
         <x:v>Westernport Marina</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Synonyms</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Other common names</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Taxonomic group</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Kingdom</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>Phylum</x:v>
@@ -3420,51 +3261,51 @@
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Hard
 &lt;p&gt;This category contains both natural and artificial habitats that are solid, fixed or permanent substrata. Species can reside on or within the habitat type. Naturally occurring hard substrates include bedrock, cobble stones and rocky reef structures. Artificial hard substrate include marine infrastructure such as wharf pylons and boat ramps. &amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&lt;/p&gt;
 Artificial
 Bedrock
 Boulder
 Cobble
 Oyster
 Pylons (concrete and timber)
 Reef
 Vessel
 Wood
 Organism
 This category is used for species that reside on or within another organism.
 Organism
 Soft
 &lt;p&gt;This category contains habitats that are not fixed or permanent, and are able to be affected by oceanic or estuarine currents. Material such as seagrass, sand, gravel, mud or any combination of these are considered soft structures that can be influenced by water and current movements.&amp;nbsp;Species can reside on the surface of this habitat type or within the habitat type.&lt;/p&gt;
 Gravel
 Sand - very coarse
 Tidal
 Low Tide
 Mid Tide
 Sub-tidal
 Vessel
-&lt;p&gt;This category refers to habitats associated with maritime transport and commercial shipping vessels. Known areas for species to inhabit on shipping vessels include hulls and tanks for the storage of ballast water. Species can reside in dry ballast, ballast water, in the sediment layer or on the sediment-water interface formed inside ballast tanks.&lt;/p&gt;
+&lt;p&gt;This category refers to habitats associated with maritime transport and commercial shipping vessels. Known areas for species to inhabit on shipping vessels include hulls and ballast water tanks. Species can reside in ballast water, in the sediment layer or on the sediment-water interface inside ballast tanks.&lt;/p&gt;
 Hull Biofouling
 </x:v>
       </x:c>
       <x:c r="C2" t="str">
         <x:v/>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Low Tide, Mid Tide, Sub-tidal</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Gametophyte: Low Tide; Sub-tidal&lt;br&gt;Sporophyte: Low Tide; Sub-tidal</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>-1.0000</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>&lt;p&gt;&lt;strong&gt;Adult&lt;/strong&gt;&lt;br&gt;
 Maximum temperature tolerance of &lt;em&gt;U. pinnatifida&lt;/em&gt; gametophyte is 30 °C (Saito, 1975). Above 24 °C &lt;em&gt;U. pinnatifida&lt;/em&gt; gametophytes enter a resting stage capable of tolerating temperatures up to 30 °C (Saito, 1975). Upper survival temperatures of 28-30 °C with 2-week exposure, was observed at Hokkaido, Japan (Dieck, 1993). &lt;em&gt;U. pinnatifida&lt;/em&gt; can survive temperatures of 30 °C for up to 10-40 days (Kim and Nam, 1997). The normal lethal isotherm is 28 °C (Sanderson and Barrett, 1989).&lt;/p&gt;
 &lt;p&gt;In laboratory experiments, a maximum temperature of 27 °C was determined for the survival of the sporophyte by Morita et al. (2003a).&lt;br&gt;
 &lt;br&gt;
 &lt;strong&gt;Gametes&lt;/strong&gt;&lt;br&gt;
 &lt;em&gt;U. pinnatifida&lt;/em&gt; zoospore discharge continues until water temperature reaches 23 °C (Saito, 1975). No germination of zoospores is observed when water temperature &amp;gt;27 °C (Saito, 1975). Adherence of zoospores occurs at temperatures &amp;lt;20 °C (Saito, 1975). For germination, temperatures of 25 °C are optimal, temperatures of 28 °C are marginal with lower germination and lower growth rates, and at 30 °C no germination occurs (Bite, 2001).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="H2" t="str">