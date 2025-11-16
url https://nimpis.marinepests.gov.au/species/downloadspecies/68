--- v0 (2025-10-07)
+++ v1 (2025-11-16)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b9b25fd678478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88d39f9c8c54710" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Rfe443b68ccc64b4e"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="Rbef3af7b7fdf4ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R318299fb9e124572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="R6cee979d65db46fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="R00dace61d9d34c7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="Rff050868b91847a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="Rc5e21079cfc54898"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="Re6d3334caf9341ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="R1b680143ddca4dbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="R8b9bdd99fa6a430d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="R98277d1dd35b4184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="R1c46ffa021e7423f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="R6019a5a824584241"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="Rcc084a142bf9464d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="Re948a1389ef441fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="R3b232e8d2ccc4d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="R5910aa1144814bad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="Rb7a29b72511440d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="Rf0fe93d3df194a54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe443b68ccc64b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd7fab0a8b10d4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rcb1060e56d424d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Ra2e9bb2bc2ad4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R34035a3b377740ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R3e9259495a504f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R2690037204814323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R200d0891d3b24530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R877ba8f59d184638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="Reb17ac9c8480419b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R1abd6a810e2346b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="Re97a889b4d454840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R1daf2db2208a4610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R82d58ab452204b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R6285aaae02704cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R66f22069c8ca4f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="Rbef3af7b7fdf4ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R318299fb9e124572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R6cee979d65db46fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R00dace61d9d34c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Rff050868b91847a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rc5e21079cfc54898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="Re6d3334caf9341ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R1b680143ddca4dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R8b9bdd99fa6a430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R98277d1dd35b4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R1c46ffa021e7423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R6019a5a824584241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="Rcc084a142bf9464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Re948a1389ef441fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R3b232e8d2ccc4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R5910aa1144814bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="Rb7a29b72511440d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="Rf0fe93d3df194a54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">