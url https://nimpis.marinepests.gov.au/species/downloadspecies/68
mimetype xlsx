--- v1 (2025-11-16)
+++ v2 (2025-12-08)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88d39f9c8c54710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e88b5d47aeb4d47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R318299fb9e124572"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="Rf0fe93d3df194a54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R7874d9c5585744a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="Ra6682837bd0b4877"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="Rdcc0ca88c1d84b61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="R9f67035d11244d25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="Rb2d1046200714d93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="R0a825f35f0c84042"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="R66805a1126e6448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="R0a80b1775e7644d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="R44c7ebe5ba814da1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="R0708b3ce59614e17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="R17951560a4854c5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="R8f35d8e223454551"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="R6cb338b46b2b4417"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="R4b2b70366cfb4e67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="Rf8fd959b7fae426d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="R18f0c5a71a7541e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R1ae49e9b556246e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R318299fb9e124572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R6cee979d65db46fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R00dace61d9d34c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Rff050868b91847a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rc5e21079cfc54898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="Re6d3334caf9341ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R1b680143ddca4dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R8b9bdd99fa6a430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R98277d1dd35b4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R1c46ffa021e7423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R6019a5a824584241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="Rcc084a142bf9464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Re948a1389ef441fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R3b232e8d2ccc4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R5910aa1144814bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="Rb7a29b72511440d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="Rf0fe93d3df194a54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7874d9c5585744a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Ra6682837bd0b4877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rdcc0ca88c1d84b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R9f67035d11244d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rb2d1046200714d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R0a825f35f0c84042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R66805a1126e6448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R0a80b1775e7644d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R44c7ebe5ba814da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R0708b3ce59614e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R17951560a4854c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R8f35d8e223454551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R6cb338b46b2b4417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R4b2b70366cfb4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Rf8fd959b7fae426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R18f0c5a71a7541e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R1ae49e9b556246e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -268,80 +268,50 @@
       </x:c>
       <x:c r="C2" t="str">
         <x:v>&lt;p&gt;Controlled electrolytic dissolution of copper and aluminium anodes has been trialed to control the &lt;em&gt;Dreissena spp.&lt;/em&gt; (Blume and Fitzgerald, 1996) and &lt;em&gt;Caulerpa taxifolia&lt;/em&gt; (Gavach et al., 1999;&amp;nbsp;Rebouillon et al., 1999).&lt;nbsp&gt;&amp;nbsp;Ion selective membranes that exchange sodium ions inside an enclosed space for copper ions in the surrounding seawater were tested as a method to increase the contact concentrations of copper to &lt;em&gt;Caulerpa taxifolia&lt;/em&gt; plants (Gavach et al., 1996). The copper ion concentration reaches equilibrium at about 8 ppm inside the membrane and at this level is reported to achieve a 96 % reduction in chlorophyll of the enclosed &lt;em&gt;C. taxifolia&lt;/em&gt;. However, recovery has been observed after 8 days. Pilot laboratory experiments using copper ions in a supersaturated solution of sodium chloride (to produce an application medium denser than seawater) increased the residence time of the copper ions in contact with &lt;em&gt;C. taxifolia&lt;/em&gt;. in (Charrin et al., 1999). &lt;nbsp&gt;Copper sulphate solution (5%) is sold as a commercial algicide (Coptrol) and generally sprayed on water surface at 1:10 dilution. In situ tests using Coptrol&amp;nbsp;examined several methods of applying herbicides to &lt;em&gt;Undaria&lt;/em&gt; &lt;em&gt;pinnatifida&lt;/em&gt;,&amp;nbsp;such as injection into the stipe or midrib, applying a gel formulation, attaching a sponge saturated with active substance to the thallus, and applying compounds inside a bag enclosing the thalli (Sanderson 1996). &lt;nbsp&gt;In the early 1960&amp;#39;s copper sulphate was applied by crop dusting planes to about 16 square miles of sea in an effort to control blooms of the red tide dinoflagellate &lt;em&gt;Gymnodinium breve&lt;/em&gt;&amp;nbsp;but it was concluded that it was not an effective control measure (Rounsefell and Nelson, 1966). &lt;nbsp&gt;Injection of poisons including copper sulphate using pole spears was found to be locally effective on the Great Barrier Reef to control &lt;em&gt;Acanthaster planci&lt;/em&gt; (Birkeland and Lucas, 1990; Thresher et al., 1999).&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/nbsp&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>&lt;p&gt;The low specificity and persistence of copper sulphate makes it unsuitable for use in the open environment. Numerous studies have been conducted to determine the effects of heavy metals such as copper on various species in the aquatic environment. Copper often has a necrotic effect on species once threshold levels are reached and this level differs between taxa. Excessive amounts of copper are lethal to crustaceans (Thunberg et al., 1973 and citations therein). Copper ion toxicity to plankton is well studied;&amp;nbsp;it is concentration dependent, and causes damage to cell membranes, disrupting photosynthesis and eventually death (Sorentino 1979).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Depent on target species and method of application.</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Copper sulphate, copper oxide and copper(1)chloride are hazardous according to Worksafe Australia criteria (NOHSC).</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>&lt;p&gt;The method of broadcast spray of copper sulphate was not recommended for general control over areas of ocean as it was deemed too expensive and non-specific (Rounsefell and Evans, 1958). It was concluded that because of its low solubility, copper sulphate ore could not be used as an effective control measure (Rounsefell and Nelson, 1966). .&lt;br /&gt;
 The main disadvantages associated with copper are that it is absorbed by soil and organic material, is ineffective at high pH and is toxic to many non-target organisms.&lt;br /&gt;
 Injection of poisons including copper sulphate using pole spears was found to be locally effective on the Great Barrier Reef to control &lt;em&gt;Acanthaster planci&lt;/em&gt; (Birkeland and Lucus, 1990; Thresher et al., 1999). However, the problem of thousands of toxic rotting seastars on the benthos and the subsequent environmental impacts of the chemicals to the sediments and associated species needs to be addressed.&lt;br /&gt;
 Control of &lt;em&gt;Asterias&lt;/em&gt; spp (&lt;em&gt;A. forbesii &lt;/em&gt;and &lt;em&gt;A. rubens&lt;/em&gt;) by chemical agents such as copper and zinc sulphate or chromium salts did not prove practical, especially around shellfish farms. Only a small number of seastars died and others moved to adjacent areas. Also due to the non-specificity of copper the oysters were effected and accumulation of copper was a concern (Lee 1948; Loosanoff 1961).&lt;br /&gt;
 One problem with using copper sulphate is that stronger solutions react with saline water and form a precipitate (Kerkut and Munday, 1962).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>&lt;p&gt;Limited success.&lt;/p&gt;
-</x:v>
-[...28 lines deleted...]
-Laughlin and Neff 1979.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Vegetative cell</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Resting cyst </x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Planomeiocyte </x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Larvae </x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>Juvenile</x:v>