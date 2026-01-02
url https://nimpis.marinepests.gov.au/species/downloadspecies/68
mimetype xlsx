--- v2 (2025-12-08)
+++ v3 (2026-01-02)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e88b5d47aeb4d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58bfc7d71b97407c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R7874d9c5585744a5"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R1ae49e9b556246e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Re033dbf1a80c42a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="Raaea97a4a3de40af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="R4f0545e5ac184a30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="R60b02f7b09ca4ef8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="Ra5ef6ac54bf047e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="R6732fc822ae14d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="R8788a59cc7634d67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="Reb9ca5c4c7a54b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="R4552a9ff45e04d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="R92b68a4977e84740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="Rb0fdc77eddb64176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="Rf3219bde3189409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="R5c1024aea4cd4198"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="Rbbda530660764035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="R3f36cdb366f74a1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="R8dcb69824e7b4311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="Rae204753c4d548c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7874d9c5585744a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Ra6682837bd0b4877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rdcc0ca88c1d84b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R9f67035d11244d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rb2d1046200714d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R0a825f35f0c84042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R66805a1126e6448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R0a80b1775e7644d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R44c7ebe5ba814da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R0708b3ce59614e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R17951560a4854c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R8f35d8e223454551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R6cb338b46b2b4417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R4b2b70366cfb4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Rf8fd959b7fae426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R18f0c5a71a7541e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R1ae49e9b556246e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re033dbf1a80c42a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Raaea97a4a3de40af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R4f0545e5ac184a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R60b02f7b09ca4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Ra5ef6ac54bf047e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R6732fc822ae14d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R8788a59cc7634d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="Reb9ca5c4c7a54b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R4552a9ff45e04d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R92b68a4977e84740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="Rb0fdc77eddb64176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="Rf3219bde3189409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R5c1024aea4cd4198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="Rbbda530660764035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R3f36cdb366f74a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R8dcb69824e7b4311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="Rae204753c4d548c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">