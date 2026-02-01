--- v3 (2026-01-02)
+++ v4 (2026-02-01)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58bfc7d71b97407c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccf8d438207a469a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Re033dbf1a80c42a1"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="Rae204753c4d548c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Rad2924493a904ef5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="Rd61e24bffa934d99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="R8bffcd3a1fa945e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="Ra4c17d4703df49c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="R5052b68b4f974ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="R12727307a125426f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="R537a727d498d40d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="R7164ce952e6f4cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="R6cda2e907c0a4c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="R23e1dced3ff443b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="R1496d37a10684346"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="R5b85d452b6b14193"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="Rb56b2cb1450f4a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="R19d713cedfec402b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="Ra4da77e73738402b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="Rcfe2d915a6ef4958"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R934aba4d1f4f444c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re033dbf1a80c42a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Raaea97a4a3de40af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R4f0545e5ac184a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R60b02f7b09ca4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Ra5ef6ac54bf047e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R6732fc822ae14d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R8788a59cc7634d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="Reb9ca5c4c7a54b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R4552a9ff45e04d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R92b68a4977e84740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="Rb0fdc77eddb64176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="Rf3219bde3189409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R5c1024aea4cd4198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="Rbbda530660764035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R3f36cdb366f74a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R8dcb69824e7b4311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="Rae204753c4d548c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad2924493a904ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd61e24bffa934d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8bffcd3a1fa945e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Ra4c17d4703df49c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R5052b68b4f974ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R12727307a125426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R537a727d498d40d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R7164ce952e6f4cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R6cda2e907c0a4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R23e1dced3ff443b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R1496d37a10684346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R5b85d452b6b14193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Rb56b2cb1450f4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R19d713cedfec402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Ra4da77e73738402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="Rcfe2d915a6ef4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R934aba4d1f4f444c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">