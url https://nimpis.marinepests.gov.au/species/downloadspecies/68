--- v4 (2026-02-01)
+++ v5 (2026-02-23)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccf8d438207a469a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8ec6dea2af4e73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Rad2924493a904ef5"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R934aba4d1f4f444c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Rf9face09265c4906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="Rdf7f3a949d614321"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="R93aa09682df14714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="Rf4a49002b2ec4f32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="R225adc94818e469a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="R5ddfb47601eb4d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="R81bf78720ab840dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="R181682dd8348407d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="R9b75d3a0f9a54dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="Rd533796508ce4158"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="Rbb8a9f9dc65944ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="R37119c6affac49d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="Radffd0fc40064d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="R4977ccd0cf774114"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="R7047fc41ece64cbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="R94d96ab0d5ef4c09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R032d5214a4a74e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad2924493a904ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd61e24bffa934d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8bffcd3a1fa945e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Ra4c17d4703df49c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R5052b68b4f974ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R12727307a125426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R537a727d498d40d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R7164ce952e6f4cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R6cda2e907c0a4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R23e1dced3ff443b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R1496d37a10684346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R5b85d452b6b14193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Rb56b2cb1450f4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R19d713cedfec402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Ra4da77e73738402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="Rcfe2d915a6ef4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R934aba4d1f4f444c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf9face09265c4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rdf7f3a949d614321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R93aa09682df14714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Rf4a49002b2ec4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R225adc94818e469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R5ddfb47601eb4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R81bf78720ab840dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R181682dd8348407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R9b75d3a0f9a54dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="Rd533796508ce4158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="Rbb8a9f9dc65944ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R37119c6affac49d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Radffd0fc40064d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R4977ccd0cf774114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R7047fc41ece64cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R94d96ab0d5ef4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R032d5214a4a74e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -129,95 +129,92 @@
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Vectors</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;&lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; is one of the most widely distributed brachyuran invaders worldwide (Roche and Torchin, 2007). The main dispersal vector of this species is through ballast water&amp;nbsp; (Harriet, 2011).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Vector type: Vessels
 Vector type description: &lt;p&gt;This class encompasses vectors associated with maritime transport and shipping activities. Vessels includes; commercial ships (e.g. tankers, container ships, ferries, barges), fishing vessels, recreational vessels, passenger vessels, drilling platforms and research vessels. An example of a vector from this class is ballast water, which has been found to transport up to 10 000 different species at any one time. Other vectors associated with this class include: dry ballast, biofouling community.&lt;/p&gt;
 Vectors:
 Vector: Ballast Water
-Description: The release of species in ballast water discharged from vessels.  Various types and life stages of species can be transported in ballast water, including plankton, crustaceans, fish, larvae, eggs or cysts.  Ballast water is used in commercial vessels to stabilise the vessel and is uploaded or discharged depending on the amount of cargo onboard.  Ballast water as a vector also includes sediments that accumulate in the bottom of ballast tanks.  Species that are able to survive within these sediments include those that have a resistant stage or resting cyst (e.g. dinoflagellates) as well as adult stages of benthic organisms.
+Description: &lt;p&gt;Various types and life stages of marine species can be transported in&amp;nbsp;ballast water. Species taken up in ballast water can be discharged from vessels if it’s not correctly managed. Marine pests can also survive within these ballast tank sediments.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
 Vector: Biofouling
 Description: &lt;p&gt;Fouling communities are typically composed of encrusting or sessile species, however they can include mobile species. This vector can introduce species through a variety of means. Three examples are: (1) The spawning of a fouling species on a vessel in port and its successful settlement and establishment of a reproductive population; (2) The dislodgement of fouling species from a vessel in port through abrasion with wharf structures, through high vessel speedswater or vessel hull cleaning (which&amp;nbsp;should only be undertake in accordance with the &lt;a href="https://www.agriculture.gov.au/biosecurity/avm/vessels/marine-pest-biosecurity/biofouling/anti-fouling-and-inwater-cleaning-guidelines"&gt;national antifouling and in-water cleaning guidelines&lt;/a&gt;); and (3) The sinking of fouled vessels either deliberately or accidentally can introduce new species to a location. There are a variety of vectors capable of having a fouling community. Characteristics of a fouling community found on wooden boat hulls include: having a wood boring habit; a benthic sessile or encrusting stage; and mobile adults or larval stages. Fouling communities found within sea chests, anchor wells etc. often are mobile crevice occupying species or known obligate associate of fouling species and can escape into new locations.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Impacts</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;Scientific literature indicates this pest species may alter food webs, with the potential to displace native crabs, crayfish, as well as benthophagous fish species (Roche and Torchin, 2007). In high densities, the crab is responsible for fouling water intake pipes and causes economic loss to fishermen by spoiling fish in gill nets (Zaitsev and Ozturk, 2001). In Texas, the crab has become abundant in most freshwater reservoirs; causing fouling problems to housewater intake pipes (Roche et al., 2009; Harriet, 2011). The same happens in the Baltic Sea, Poland (Grabowski et al., 2005).&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt;&amp;nbsp;is as a carrier of the white spot baculovirus, a disease that affects penaeid shrimp and blue crab (Payen and Bonami, 1979; Katsanevakis et al., 2014). All decapods(crabs, crayfish, prawns) are susceptible to white spot syndrome virus (WSSV) infection and some hosts can carry it.&amp;nbsp;&lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; has been noted as a carrier of the white spot syndrome virus&amp;nbsp;(Harriet, 2011).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Impact type: Economic
-Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture and aquatic tourism industries. Introduced species that become invasive&amp;nbsp;may experience significant population increases and foul marine infrastructure, inhibiting their usage. They may also affect access for Australian seafood products in international markets.&lt;/p&gt;
+Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture, infrastructure, maritime vessels and trade and tourism.&lt;/p&gt;
 Impacts:
 Impact: Fisheries, Aquaculture and Other Aquatic Industries
 Description: &lt;p&gt;Marine pests may affect recreational fishing grounds and reduce the viability of various aquaculture industries. This can result in revenue losses for primary production sectors and commercial fisheries.&lt;/p&gt;
 Species specifics: &lt;p&gt;&lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; is responsible for pipe fouling and causes&amp;nbsp;economic loss to fishermen by spoiling fish in gill nets (Roche and Torchin, 2007).&lt;/p&gt;
 Impact type: Environmental
-Impact type description: &lt;p&gt;Marine pests have the potential to modify marine ecosystems by directy predating on or outcompeting native species for resources. Marine pests can also change existing marine habiats through their feeding, reproductive and sheltering behaviours&lt;/p&gt;
+Impact type description: &lt;p&gt;Marine pests can alter marine ecosystems and habitats through competition, predation, smothering and habitat modification.&lt;/p&gt;
 Impacts:
 Impact: Ecosystems
-Description: &lt;p&gt;An introduced species that becomes invasive may reach high densities and their feeding, breeding and sheltering behaviours may change the surrounding ecological and physical environment. &amp;nbsp;They may cause habitat modifications, alter trophic interactions and food-webs, alter bio-geochemical cycles or smother and overgrow entire areas.&lt;/p&gt;
+Description: &lt;p&gt;An introduced species that becomes invasive may reach high densities and their feeding, breeding and sheltering behaviours may change the surrounding ecological and physical environment. &amp;nbsp;They may cause habitat modifications, alter trophic interactions and food-webs, alter bio-geochemical cycles or smother and overgrow entire areas.&amp;nbsp;Marine pests may out compete native marine species for food and resources. This competition can lead to biodiversity loss and changes in marine food webs.&lt;/p&gt;
 Species specifics: &lt;p&gt;&lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; has been noted as a carrier of the white spot syndrome virus, a virulent disease that may affect penaeid shrimp and can be transmitted to other crabs species (Harriet, 2011).&lt;br /&gt;
 &lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; can alter food webs, compete with and potentially displace native crabs, crayfish, as well as benthophagous fishes (Roche and Torchin, 2007).&lt;/p&gt;
-Impact: Habitats
-[...2 lines deleted...]
-Can impact on the local algal community structure (Galil, 2006).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Legal issues</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;Physical and chemical controls of exotic crabs in an estuarine environment are essentially impractical without consequences for other biota. Physical removal and biocides may be efficient control methods for small scale incursions but there are no acceptable control methods for large-scale marine incursions of crabs at present (Thresher and Kuris, 2004).&amp;nbsp; Brockerhoff and McLay (2011) were not aware of a program that has been successful in eradicating an invasive marine crab.&lt;/p&gt;
 &lt;p&gt;In its native range, &lt;em&gt;Rhithropanopeus harrisii &lt;/em&gt;is host to the parasitic barnacle &lt;em&gt;Loxothylacus panopaei&lt;/em&gt;, which causes growth reduction and castration of its host. The host specificity of this parasite is untested. Biological control in the marine environment has been viewed as too risky by some (Secord, 2003).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">