--- v5 (2026-02-23)
+++ v6 (2026-03-18)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8ec6dea2af4e73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c378c330634fcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Rf9face09265c4906"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R032d5214a4a74e59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R2cc88779b5644a71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="Rd9a8eb4424744283"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="R238796e9af40425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="R9e1034d752254ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="R98318c0f7a074323"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="R5b484e9f5179485e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="R651178759fa74be0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="R44668ecc5e284c35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="R13cee523069a4f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="Rf2685ad481bf45a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="R7381752a907f4ea9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="R8e0ca1e052db4869"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="R5be99dd4d09b4fc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="R8139193cb16b4402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="R4d775726bca545f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="R3d1ca59c9e314b22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R1ac8724128084695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf9face09265c4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rdf7f3a949d614321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R93aa09682df14714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Rf4a49002b2ec4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R225adc94818e469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R5ddfb47601eb4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R81bf78720ab840dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R181682dd8348407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R9b75d3a0f9a54dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="Rd533796508ce4158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="Rbb8a9f9dc65944ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R37119c6affac49d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Radffd0fc40064d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R4977ccd0cf774114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R7047fc41ece64cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R94d96ab0d5ef4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R032d5214a4a74e59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2cc88779b5644a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd9a8eb4424744283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R238796e9af40425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R9e1034d752254ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R98318c0f7a074323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R5b484e9f5179485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R651178759fa74be0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R44668ecc5e284c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R13cee523069a4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="Rf2685ad481bf45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R7381752a907f4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R8e0ca1e052db4869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="R5be99dd4d09b4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R8139193cb16b4402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R4d775726bca545f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R3d1ca59c9e314b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R1ac8724128084695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -126,93 +126,93 @@
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Vectors</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;&lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; is one of the most widely distributed brachyuran invaders worldwide (Roche and Torchin, 2007). The main dispersal vector of this species is through ballast water&amp;nbsp; (Harriet, 2011).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Vector type: Vessels
-Vector type description: &lt;p&gt;This class encompasses vectors associated with maritime transport and shipping activities. Vessels includes; commercial ships (e.g. tankers, container ships, ferries, barges), fishing vessels, recreational vessels, passenger vessels, drilling platforms and research vessels. An example of a vector from this class is ballast water, which has been found to transport up to 10 000 different species at any one time. Other vectors associated with this class include: dry ballast, biofouling community.&lt;/p&gt;
+Vector type description: &lt;p&gt;Vectors associated with maritime transport and shipping activities. Vessels include bulk carriers, container ships, passenger vessels, fishing vessels, illegal foreign entry vessels and recreational vessels. Ballast water can potentially transport marine species in vessel ballast tanks and via biofouling on the exterior of vessels or internal water systems and equipment. &amp;nbsp;&amp;nbsp;&lt;/p&gt;
 Vectors:
 Vector: Ballast Water
-Description: &lt;p&gt;Various types and life stages of marine species can be transported in&amp;nbsp;ballast water. Species taken up in ballast water can be discharged from vessels if it’s not correctly managed. Marine pests can also survive within these ballast tank sediments.&lt;/p&gt;
+Description: &lt;p&gt;Various types and life stages of aquatic species can be transported in&amp;nbsp;ballast water. Species taken up in ballast water can be discharged from vessels if it’s not correctly managed. Marine pests can also survive within ballast tank sediments.&lt;/p&gt;
 &lt;p&gt;&amp;nbsp;&lt;/p&gt;
 Vector: Biofouling
-Description: &lt;p&gt;Fouling communities are typically composed of encrusting or sessile species, however they can include mobile species. This vector can introduce species through a variety of means. Three examples are: (1) The spawning of a fouling species on a vessel in port and its successful settlement and establishment of a reproductive population; (2) The dislodgement of fouling species from a vessel in port through abrasion with wharf structures, through high vessel speedswater or vessel hull cleaning (which&amp;nbsp;should only be undertake in accordance with the &lt;a href="https://www.agriculture.gov.au/biosecurity/avm/vessels/marine-pest-biosecurity/biofouling/anti-fouling-and-inwater-cleaning-guidelines"&gt;national antifouling and in-water cleaning guidelines&lt;/a&gt;); and (3) The sinking of fouled vessels either deliberately or accidentally can introduce new species to a location. There are a variety of vectors capable of having a fouling community. Characteristics of a fouling community found on wooden boat hulls include: having a wood boring habit; a benthic sessile or encrusting stage; and mobile adults or larval stages. Fouling communities found within sea chests, anchor wells etc. often are mobile crevice occupying species or known obligate associate of fouling species and can escape into new locations.&lt;/p&gt;
+Description: &lt;p&gt;Biofouling is the accumulation of sessile or mobile marine organisims on submerged parts of vessels. When marine pests attach to vessel hulls or niche areas (e.g. sea chests, propeller shafts or rudders), they can be transported to new locations. Introduction can occur through (1) A fouling species spawning event from the external or internal parts of a vessel while in port and its successful establishment. (2) The dislodgement of fouling species from a vessel accidentally such as abrasion with wharf structures, or deliberately through in-water cleaning activities; and (3) The sinking of fouled vessels either deliberately or accidentally.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Impacts</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;Scientific literature indicates this pest species may alter food webs, with the potential to displace native crabs, crayfish, as well as benthophagous fish species (Roche and Torchin, 2007). In high densities, the crab is responsible for fouling water intake pipes and causes economic loss to fishermen by spoiling fish in gill nets (Zaitsev and Ozturk, 2001). In Texas, the crab has become abundant in most freshwater reservoirs; causing fouling problems to housewater intake pipes (Roche et al., 2009; Harriet, 2011). The same happens in the Baltic Sea, Poland (Grabowski et al., 2005).&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt;&amp;nbsp;is as a carrier of the white spot baculovirus, a disease that affects penaeid shrimp and blue crab (Payen and Bonami, 1979; Katsanevakis et al., 2014). All decapods(crabs, crayfish, prawns) are susceptible to white spot syndrome virus (WSSV) infection and some hosts can carry it.&amp;nbsp;&lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; has been noted as a carrier of the white spot syndrome virus&amp;nbsp;(Harriet, 2011).&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Impact type: Economic
 Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture, infrastructure, maritime vessels and trade and tourism.&lt;/p&gt;
 Impacts:
 Impact: Fisheries, Aquaculture and Other Aquatic Industries
 Description: &lt;p&gt;Marine pests may affect recreational fishing grounds and reduce the viability of various aquaculture industries. This can result in revenue losses for primary production sectors and commercial fisheries.&lt;/p&gt;
 Species specifics: &lt;p&gt;&lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; is responsible for pipe fouling and causes&amp;nbsp;economic loss to fishermen by spoiling fish in gill nets (Roche and Torchin, 2007).&lt;/p&gt;
 Impact type: Environmental
 Impact type description: &lt;p&gt;Marine pests can alter marine ecosystems and habitats through competition, predation, smothering and habitat modification.&lt;/p&gt;
 Impacts:
 Impact: Ecosystems
-Description: &lt;p&gt;An introduced species that becomes invasive may reach high densities and their feeding, breeding and sheltering behaviours may change the surrounding ecological and physical environment. &amp;nbsp;They may cause habitat modifications, alter trophic interactions and food-webs, alter bio-geochemical cycles or smother and overgrow entire areas.&amp;nbsp;Marine pests may out compete native marine species for food and resources. This competition can lead to biodiversity loss and changes in marine food webs.&lt;/p&gt;
+Description: &lt;p&gt;An introduced species that becomes invasive may reach high densities and their feeding, breeding and sheltering behaviours may change the ecological and physical environment. &amp;nbsp;They may cause habitat modifications, alter trophic interactions and food-webs, alter water quality or overgrow areas.&amp;nbsp;Marine pests may out compete native marine species for food and resources. This competition can lead to biodiversity loss and changes in marine food webs.&lt;/p&gt;
 Species specifics: &lt;p&gt;&lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; has been noted as a carrier of the white spot syndrome virus, a virulent disease that may affect penaeid shrimp and can be transmitted to other crabs species (Harriet, 2011).&lt;br /&gt;
 &lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; can alter food webs, compete with and potentially displace native crabs, crayfish, as well as benthophagous fishes (Roche and Torchin, 2007).&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Legal issues</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;Physical and chemical controls of exotic crabs in an estuarine environment are essentially impractical without consequences for other biota. Physical removal and biocides may be efficient control methods for small scale incursions but there are no acceptable control methods for large-scale marine incursions of crabs at present (Thresher and Kuris, 2004).&amp;nbsp; Brockerhoff and McLay (2011) were not aware of a program that has been successful in eradicating an invasive marine crab.&lt;/p&gt;
 &lt;p&gt;In its native range, &lt;em&gt;Rhithropanopeus harrisii &lt;/em&gt;is host to the parasitic barnacle &lt;em&gt;Loxothylacus panopaei&lt;/em&gt;, which causes growth reduction and castration of its host. The host specificity of this parasite is untested. Biological control in the marine environment has been viewed as too risky by some (Secord, 2003).&lt;/p&gt;
 </x:v>
@@ -380,51 +380,51 @@
       </x:c>
       <x:c r="B3" t="str">
         <x:v>https://doi.org/10.1007/BF00016032</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>&lt;p&gt;Alvarez, F., Hines, A.H., and Reaka-Kudla, M.L. 1995. The effects of parasitism by the barnacle &lt;em&gt;Loxothylacus panopaei &lt;/em&gt;(Gissler) (Cirripedia: Rhizocephala) on growth and survival of the host crab &lt;em&gt;Rhithropanopeus harrisii &lt;/em&gt;(Gould) (Brachyura: Xanthidae). &lt;em&gt;Journal of Experimental Marine Biology and Ecology&lt;/em&gt; 192: 221-232.&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>https://doi.org/10.1016/0022-0981(95)00068-3</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>&lt;p&gt;Boyle, T., Keith, D., and Pfau, R. 2010. Occurrence, reproduction, and population genetics of the estuarine mud crab, &lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; (Gould) (Decapoda, Panopidae) in Texas freshwater reservoirs. &lt;em&gt;Crustaceana&lt;/em&gt; 83: 493-505.&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
-        <x:v>&lt;p&gt;Brockerhoff, A., and McLay, C. 2011. Human-mediated spread of alien crabs. Pp. 27-106&amp;nbsp; in: Galil, B.S., Clark, P.F., and Carlton, J.T. (eds),&amp;nbsp; &lt;em&gt;In the Wrong Place - Alien Marine Crustaceans: Distribution, Biology and Impacts.&lt;/em&gt; Springer Dordrecht. &lt;u&gt;https://doi.org/10.1007/978-94-007-0591-3_2&lt;/u&gt;&lt;/p&gt;
+        <x:v>&lt;p&gt;BROCKERHOFF, A. &amp;amp; MCLAY, C. 2011. Human-mediated spread of alien crabs. Pp. 27-106&amp;nbsp; in: Galil, B.S., Clark, P.F., and Carlton, J.T. (eds),&amp;nbsp; &lt;em&gt;In the Wrong Place - Alien Marine Crustaceans: Distribution, Biology and Impacts.&lt;/em&gt; Springer Dordrecht. &lt;u&gt;https://doi.org/10.1007/978-94-007-0591-3_2&lt;/u&gt;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>&lt;p&gt;Connolly, C.J. 1925. The larval stages and megalops of &lt;em&gt;Rhithropanopeus harrisii&lt;/em&gt; (Gould). &lt;em&gt;Contributions to Canadian Biology and Fisheries&lt;/em&gt; 2: 327–333.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>&lt;p&gt;Costlow, J.D., Bookhout, C.G., and Monroe, R.J. 1966. Studies on the larval development of the crab, &lt;em&gt;Rhithropanopeus harrisii &lt;/em&gt;(Gould). I. The effect of salinity and temperature on larval development. &lt;em&gt;Physiological Zoology&lt;/em&gt; 39: 81-100.&amp;nbsp;&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v>http://dx.doi.org/10.1086/physzool.39.2.30152421</x:v>
       </x:c>
     </x:row>
     <x:row r="9">