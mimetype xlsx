--- v0 (2025-10-21)
+++ v1 (2026-03-22)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref17f542e5c54f82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfad1212f8e04fb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="Rbbae34ed69ae47c9"/>
-[...15 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R45c979fa06f14d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Details" sheetId="1" r:id="R1d98cbc58ac44e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="General" sheetId="2" r:id="R66484bc0e61f401f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Identification" sheetId="3" r:id="Rfae47f3600204bdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Similar species" sheetId="4" r:id="R9b2d6cc62bf949db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Habitat" sheetId="5" r:id="Rcb97f447affd477d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Reproduction and growth" sheetId="6" r:id="R060fe514ed954a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Feeding" sheetId="7" r:id="R3654bdd9774145ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Competitors" sheetId="8" r:id="R507046bb30584881"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Predators" sheetId="9" r:id="R4339a42e57e649f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Vectors" sheetId="10" r:id="R137c0790b2be4562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Impacts" sheetId="11" r:id="R8cdd1bd523aa4446"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Controls" sheetId="12" r:id="R20eb20e0460f49f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Species controls" sheetId="13" r:id="Ra84e382430194e6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Additional information" sheetId="14" r:id="R829794434a5c4f5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="References" sheetId="15" r:id="Re7543617fd434bcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Images" sheetId="16" r:id="Re366e95a770647fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Surveillances" sheetId="17" r:id="R88cab96367b3416c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbbae34ed69ae47c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R2c81d3e91ba44630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R0062f7921ed64828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Rc15861c565684f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R46ed3d3e5e4145c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="Re67a1be78acb4377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R1b10832f36064c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R259c2053ad444172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="Rd9f2769bde8a4ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="Ra626754fcb024148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R1f8da3a8035545f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R00c34f5615d2411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Rad818ed7eee543de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R36e1bc44fbad429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Re31baa9be39f4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="R792c768d65c24bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R45c979fa06f14d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d98cbc58ac44e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R66484bc0e61f401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rfae47f3600204bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R9b2d6cc62bf949db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rcb97f447affd477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="R060fe514ed954a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R3654bdd9774145ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="R507046bb30584881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R4339a42e57e649f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="R137c0790b2be4562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R8cdd1bd523aa4446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="R20eb20e0460f49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Ra84e382430194e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="R829794434a5c4f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Re7543617fd434bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="Re366e95a770647fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="R88cab96367b3416c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Scientific name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Common name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Developments</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>General description</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>ID card URL</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Australian distribution</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -120,95 +120,89 @@
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Vectors</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Vector type: Fisheries and Aquaculture
-Vector type description: &lt;p&gt;This class encompasses vectors associated with fisheries and aquaculture activities and trade. An example of a vector from this class is Fisheries intentional, which would incorporate, for example, the introduction of the Pacific oyster &lt;em&gt;Magallana gigas&lt;/em&gt; for aquaculture purposes. Other vectors included in this class are: Discarded bait, Fisheries accidental (not oysters), mollusc accidental, mollusc intentional, packing material and scientific escape.&lt;/p&gt;
+Vector type description: &lt;p&gt;Vectors types associated with fisheries and aquaculture and trade activities. Examples of&amp;nbsp; vectors from this class are the deliberately translocation&amp;nbsp;of oysters&amp;nbsp; for aquaculture purposes or discarded fishing equipment which is fouled with marine organisms.&amp;nbsp;&lt;/p&gt;
 Vectors:
 Vector: Fisheries - Accidental 
-Description: &lt;p&gt;The accidental translocation of species through aquaculture and fisheries activities. This vector includes the accidental release of live fish&amp;nbsp;and&amp;nbsp;crustaceans&amp;nbsp; imported for human consumption. This vector also includes the accidental translocation of species attached to aquaculture gear (floats, cages, etc).&lt;/p&gt;
+Description: &lt;p&gt;The accidental translocation of marine pests with aquaculture and commerical fisheries activities. This vector includes the accidental translocation of marine pests attached to aquaculture equipment such as floats, nets or cages.&lt;/p&gt;
 Vector type: Vessels
-Vector type description: &lt;p&gt;This class encompasses vectors associated with maritime transport and shipping activities. Vessels includes; commercial ships (e.g. tankers, container ships, ferries, barges), fishing vessels, recreational vessels, passenger vessels, drilling platforms and research vessels. An example of a vector from this class is ballast water, which has been found to transport up to 10 000 different species at any one time. Other vectors associated with this class include: dry ballast, biofouling community.&lt;/p&gt;
+Vector type description: &lt;p&gt;Vectors associated with maritime transport and shipping activities. Vessels include bulk carriers, container ships, passenger vessels, fishing vessels, illegal foreign entry vessels and recreational vessels. Ballast water can potentially transport marine species in vessel ballast tanks and via biofouling on the exterior of vessels or internal water systems and equipment. &amp;nbsp;&amp;nbsp;&lt;/p&gt;
 Vectors:
 Vector: Biofouling
-Description: &lt;p&gt;Fouling communities are typically composed of encrusting or sessile species, however they can include mobile species. This vector can introduce species through a variety of means. Three examples are: (1) The spawning of a fouling species on a vessel in port and its successful settlement and establishment of a reproductive population; (2) The dislodgement of fouling species from a vessel in port through abrasion with wharf structures, through high vessel speedswater or vessel hull cleaning (which&amp;nbsp;should only be undertake in accordance with the &lt;a href="https://www.agriculture.gov.au/biosecurity/avm/vessels/marine-pest-biosecurity/biofouling/anti-fouling-and-inwater-cleaning-guidelines"&gt;national antifouling and in-water cleaning guidelines&lt;/a&gt;); and (3) The sinking of fouled vessels either deliberately or accidentally can introduce new species to a location. There are a variety of vectors capable of having a fouling community. Characteristics of a fouling community found on wooden boat hulls include: having a wood boring habit; a benthic sessile or encrusting stage; and mobile adults or larval stages. Fouling communities found within sea chests, anchor wells etc. often are mobile crevice occupying species or known obligate associate of fouling species and can escape into new locations.&lt;/p&gt;
+Description: &lt;p&gt;Biofouling is the accumulation of sessile or mobile marine organisims on submerged parts of vessels. When marine pests attach to vessel hulls or niche areas (e.g. sea chests, propeller shafts or rudders), they can be transported to new locations. Introduction can occur through (1) A fouling species spawning event from the external or internal parts of a vessel while in port and its successful establishment. (2) The dislodgement of fouling species from a vessel accidentally such as abrasion with wharf structures, or deliberately through in-water cleaning activities; and (3) The sinking of fouled vessels either deliberately or accidentally.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Impacts</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>&lt;p&gt;Colonies of &lt;em&gt;B. schlosseri&lt;/em&gt; are encrusting and can overgrow other fouling organisms altering community dynamics as well as occurring as nuisance fouling on:&amp;nbsp;vessel hulls, floats, aquaculture equipment and species (such as oysters) and other submerged man-made structures.&lt;/p&gt;
 </x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Impact type: Economic
-Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture and aquatic tourism industries. Introduced species that become invasive&amp;nbsp;may experience significant population increases and foul marine infrastructure, inhibiting their usage. They may also affect access for Australian seafood products in international markets.&lt;/p&gt;
+Impact type description: &lt;p&gt;Marine pests have the potential to affect fisheries, aquaculture, infrastructure, maritime vessels and trade and tourism.&lt;/p&gt;
 Impacts:
 Impact: Fisheries, Aquaculture and Other Aquatic Industries
 Description: &lt;p&gt;Marine pests may affect recreational fishing grounds and reduce the viability of various aquaculture industries. This can result in revenue losses for primary production sectors and commercial fisheries.&lt;/p&gt;
 Species specifics: &lt;p&gt;Colonies can occur as nuisance fouling on vessel hulls, floats and other submerged man-made structures. Fouling on aquaculture structures can decrease water flow and compete for food with suspension feeding aquaculture species. Fouling on species such as oysters and mussels can increase processing times considerably.&lt;/p&gt;
-Impact type: Environmental
-[...4 lines deleted...]
-Species specifics: &lt;p&gt;Colonies of &lt;em&gt;B. schlosseri&lt;/em&gt; are encrusting and can overgrow other fouling organisms altering community dynamics.&lt;/p&gt;
 </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Notes</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Legal issues</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
       <x:c r="B2" t="str">
         <x:v/>
       </x:c>